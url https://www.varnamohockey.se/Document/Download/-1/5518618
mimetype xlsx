--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -1,104 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgik1923-my.sharepoint.com/personal/lina_vgik_nu/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vgik1923-my.sharepoint.com/personal/lina_vgik_nu/Documents/Skrivbordet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{354E2111-BC1E-47BE-A110-8E6F6BF7DDD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E8C667D0-B0D5-497F-B91B-9AFB2A3C65D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="948" firstSheet="10" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Mall istider" sheetId="73" r:id="rId1"/>
-    <sheet name="V 44" sheetId="297" r:id="rId2"/>
-[...11 lines deleted...]
-    <sheet name="V 32" sheetId="247" r:id="rId14"/>
+    <sheet name="V 53" sheetId="306" r:id="rId2"/>
+    <sheet name="V 52" sheetId="305" r:id="rId3"/>
+    <sheet name="V 51" sheetId="304" r:id="rId4"/>
+    <sheet name="V 50" sheetId="303" r:id="rId5"/>
+    <sheet name="V 49 " sheetId="302" r:id="rId6"/>
+    <sheet name="V 48" sheetId="301" r:id="rId7"/>
+    <sheet name="V 47" sheetId="300" r:id="rId8"/>
+    <sheet name="V 46" sheetId="299" r:id="rId9"/>
+    <sheet name="V 45" sheetId="298" r:id="rId10"/>
+    <sheet name="V 44" sheetId="297" r:id="rId11"/>
+    <sheet name="V 43" sheetId="295" r:id="rId12"/>
+    <sheet name="V42" sheetId="296" r:id="rId13"/>
+    <sheet name="V41" sheetId="294" r:id="rId14"/>
+    <sheet name="V40" sheetId="293" r:id="rId15"/>
+    <sheet name="V39" sheetId="292" r:id="rId16"/>
+    <sheet name="V38" sheetId="291" r:id="rId17"/>
+    <sheet name="V37" sheetId="290" r:id="rId18"/>
+    <sheet name="V36" sheetId="289" r:id="rId19"/>
+    <sheet name="V35" sheetId="288" r:id="rId20"/>
+    <sheet name="V34" sheetId="287" r:id="rId21"/>
+    <sheet name="V33" sheetId="286" r:id="rId22"/>
+    <sheet name="V 32" sheetId="247" r:id="rId23"/>
   </sheets>
   <externalReferences>
-    <externalReference r:id="rId15"/>
+    <externalReference r:id="rId24"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Mall istider'!#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="13">'V 32'!#REF!</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'V41'!$A$1:$I$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="22">'V 32'!#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="16">'V38'!$A$1:$I$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="15">'V39'!$A$1:$I$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="14">'V40'!$A$1:$I$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="13">'V41'!$A$1:$I$66</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I77" i="294" l="1"/>
   <c r="B90" i="294" s="1"/>
@@ -235,51 +252,51 @@
   <c r="I71" i="291"/>
   <c r="B84" i="291" s="1"/>
   <c r="C84" i="291" s="1"/>
   <c r="F84" i="291" s="1"/>
   <c r="I70" i="291"/>
   <c r="B83" i="291" s="1"/>
   <c r="C83" i="291" s="1"/>
   <c r="F83" i="291" s="1"/>
   <c r="I69" i="291"/>
   <c r="B82" i="291" s="1"/>
   <c r="C82" i="291" s="1"/>
   <c r="F82" i="291" s="1"/>
   <c r="I77" i="247"/>
   <c r="I76" i="247"/>
   <c r="I75" i="247"/>
   <c r="I74" i="247"/>
   <c r="I73" i="247"/>
   <c r="I72" i="247"/>
   <c r="I71" i="247"/>
   <c r="I70" i="247"/>
   <c r="I69" i="247"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2518" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4051" uniqueCount="383">
   <si>
     <t>Grundschema</t>
   </si>
   <si>
     <t>Istider</t>
   </si>
   <si>
     <t>Tider</t>
   </si>
   <si>
     <t>Måndag</t>
   </si>
   <si>
     <t>Tisdag</t>
   </si>
   <si>
     <t>Onsdag</t>
   </si>
   <si>
     <t>Torsdag</t>
   </si>
   <si>
     <t>Fredag</t>
   </si>
   <si>
@@ -288,530 +305,821 @@
   <si>
     <t>Söndag</t>
   </si>
   <si>
     <t>08.00-08.20</t>
   </si>
   <si>
     <t>06.30-07.20</t>
   </si>
   <si>
     <t>08.00-08.50</t>
   </si>
   <si>
     <t>Ungdom</t>
   </si>
   <si>
     <t>AKK</t>
   </si>
   <si>
     <t>D:16/17</t>
   </si>
   <si>
     <t>08.30-08.50</t>
   </si>
   <si>
+    <t>1-2</t>
+  </si>
+  <si>
+    <t>09.00-09.20</t>
+  </si>
+  <si>
+    <t>09.00-10.20</t>
+  </si>
+  <si>
+    <t>09.00-10.50</t>
+  </si>
+  <si>
+    <t>HS</t>
+  </si>
+  <si>
+    <t>09.30-09.50</t>
+  </si>
+  <si>
+    <t>´1-3</t>
+  </si>
+  <si>
+    <t>Allmänhet</t>
+  </si>
+  <si>
+    <t>3-4</t>
+  </si>
+  <si>
+    <t>10.00-10.20</t>
+  </si>
+  <si>
+    <t>10.30-11.10</t>
+  </si>
+  <si>
+    <t>10.20-10.50</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>11.00-11.20</t>
+  </si>
+  <si>
+    <t>11.00-13.50</t>
+  </si>
+  <si>
+    <t>11.20-12.20</t>
+  </si>
+  <si>
+    <t>11.30-11.50</t>
+  </si>
+  <si>
+    <t>Mall A-lagsmatch Onsdag</t>
+  </si>
+  <si>
+    <t>12.00-12.20</t>
+  </si>
+  <si>
+    <t>Mall A-lagsmatch Söndag</t>
+  </si>
+  <si>
+    <t>´2-4-5</t>
+  </si>
+  <si>
+    <t>´3-2</t>
+  </si>
+  <si>
+    <t>12.20-12.50</t>
+  </si>
+  <si>
+    <t>13.00-13.20</t>
+  </si>
+  <si>
+    <t>13.30-13.50</t>
+  </si>
+  <si>
+    <t>MATCH</t>
+  </si>
+  <si>
+    <t>14.00-14.20</t>
+  </si>
+  <si>
+    <t>14.30-14.50</t>
+  </si>
+  <si>
+    <t>15.00-15.20</t>
+  </si>
+  <si>
+    <t>15.00-15.50</t>
+  </si>
+  <si>
+    <t>15.30-17.50</t>
+  </si>
+  <si>
+    <t>Allmänheten</t>
+  </si>
+  <si>
+    <t>15.30-15.50</t>
+  </si>
+  <si>
+    <t>16.00-16.20</t>
+  </si>
+  <si>
+    <t>16.00-18.20</t>
+  </si>
+  <si>
+    <t>16.00-17.10</t>
+  </si>
+  <si>
+    <t>16.00-16.50</t>
+  </si>
+  <si>
+    <t>16.00-17.20</t>
+  </si>
+  <si>
+    <t>C:14/15</t>
+  </si>
+  <si>
+    <t>Almänhet</t>
+  </si>
+  <si>
+    <t>B:12/13</t>
+  </si>
+  <si>
+    <t>16.30-16.50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">´3-4 </t>
+  </si>
+  <si>
+    <t>17.00-17.20</t>
+  </si>
+  <si>
+    <t>16.50-17.50</t>
+  </si>
+  <si>
+    <t>17.20-18.30</t>
+  </si>
+  <si>
+    <t>17.30-18.40</t>
+  </si>
+  <si>
+    <t>17.30-17.50</t>
+  </si>
+  <si>
+    <t>med klubba</t>
+  </si>
+  <si>
+    <t>18.00-18.20</t>
+  </si>
+  <si>
+    <t>18.00-19.20</t>
+  </si>
+  <si>
+    <t>1-2.</t>
+  </si>
+  <si>
+    <t>18.00-19.10</t>
+  </si>
+  <si>
+    <t>18.50-19.50</t>
+  </si>
+  <si>
+    <t>C :14/15</t>
+  </si>
+  <si>
+    <t>18.30-18.50</t>
+  </si>
+  <si>
+    <t>18.30-19.40</t>
+  </si>
+  <si>
+    <t>18.40-19.50</t>
+  </si>
+  <si>
+    <t>´1-2</t>
+  </si>
+  <si>
+    <t>A-lag</t>
+  </si>
+  <si>
+    <t>´3-4</t>
+  </si>
+  <si>
+    <t>19.00-19.20</t>
+  </si>
+  <si>
+    <t>B12/13</t>
+  </si>
+  <si>
+    <t>19.30-20.40</t>
+  </si>
+  <si>
+    <t>20.00-21.00</t>
+  </si>
+  <si>
+    <t>19.20-20.30</t>
+  </si>
+  <si>
+    <t>19.30-19-50</t>
+  </si>
+  <si>
+    <t>19.50-20.40</t>
+  </si>
+  <si>
+    <t>Målvakter</t>
+  </si>
+  <si>
+    <t>J 18/20</t>
+  </si>
+  <si>
+    <t>19.30-19.50</t>
+  </si>
+  <si>
+    <t>B  :12/13</t>
+  </si>
+  <si>
+    <t>20.00-20.20</t>
+  </si>
+  <si>
+    <t>A:10/11</t>
+  </si>
+  <si>
+    <t>A 10:11</t>
+  </si>
+  <si>
+    <t>motståndare</t>
+  </si>
+  <si>
+    <t>20.30-20-50</t>
+  </si>
+  <si>
+    <t>20.50-21.50</t>
+  </si>
+  <si>
+    <t>21.10-22.10</t>
+  </si>
+  <si>
+    <t>20.20-21.30</t>
+  </si>
+  <si>
+    <t>20.30-20.50</t>
+  </si>
+  <si>
+    <t>Start 19.00</t>
+  </si>
+  <si>
+    <t>20.40-21.50</t>
+  </si>
+  <si>
+    <t>21.00-21.20</t>
+  </si>
+  <si>
+    <t>J: 18/20</t>
+  </si>
+  <si>
+    <t>A 10/11</t>
+  </si>
+  <si>
+    <t>A: 10/11</t>
+  </si>
+  <si>
+    <t>A.10/11</t>
+  </si>
+  <si>
+    <t>21.30-22.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rydaholm </t>
+  </si>
+  <si>
+    <t>17.15-18.20</t>
+  </si>
+  <si>
+    <t>Stående tid</t>
+  </si>
+  <si>
+    <t>Rydaholm</t>
+  </si>
+  <si>
+    <t>10.30-10.50</t>
+  </si>
+  <si>
+    <t>12.30-12.50</t>
+  </si>
+  <si>
+    <t>V 53</t>
+  </si>
+  <si>
+    <t>08.30-09.40</t>
+  </si>
+  <si>
+    <t>09.00-10.10</t>
+  </si>
+  <si>
+    <t>J-lag+U16</t>
+  </si>
+  <si>
+    <t>09.10-10.20</t>
+  </si>
+  <si>
+    <t>U 14</t>
+  </si>
+  <si>
+    <t>STÄNGT</t>
+  </si>
+  <si>
+    <t>11.50-13.10</t>
+  </si>
+  <si>
+    <t>12.40-14.50</t>
+  </si>
+  <si>
+    <t>J-lag</t>
+  </si>
+  <si>
+    <t>16.15-17.45</t>
+  </si>
+  <si>
+    <t>16.45-18.15</t>
+  </si>
+  <si>
+    <t>Allmänhetens</t>
+  </si>
+  <si>
+    <t>Med Klubba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allmänhetens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A </t>
+  </si>
+  <si>
+    <t>Sluttid 18.30</t>
+  </si>
+  <si>
+    <t>V 52</t>
+  </si>
+  <si>
+    <t>08.00-10.00</t>
+  </si>
+  <si>
+    <t>10.00-11.45</t>
+  </si>
+  <si>
+    <t>12.30-14.45</t>
+  </si>
+  <si>
+    <t>12.30-15.00</t>
+  </si>
+  <si>
+    <t>12.30-14.50</t>
+  </si>
+  <si>
+    <t>Med klubba</t>
+  </si>
+  <si>
+    <t>14.00-16.00</t>
+  </si>
+  <si>
+    <t>BOKAT</t>
+  </si>
+  <si>
+    <t>V 51</t>
+  </si>
+  <si>
+    <t>´1</t>
+  </si>
+  <si>
+    <t>Alvesta</t>
+  </si>
+  <si>
+    <t>´3</t>
+  </si>
+  <si>
+    <t>Matchstart</t>
+  </si>
+  <si>
+    <t>U 13</t>
+  </si>
+  <si>
+    <t>12.40</t>
+  </si>
+  <si>
+    <t>HA74</t>
+  </si>
+  <si>
+    <t>14.10</t>
+  </si>
+  <si>
+    <t>18.50-22.00</t>
+  </si>
+  <si>
+    <t>U 16</t>
+  </si>
+  <si>
+    <t>Lidköping</t>
+  </si>
+  <si>
+    <t>Troja/Ljungby</t>
+  </si>
+  <si>
+    <t>matchstart</t>
+  </si>
+  <si>
+    <t>19.00</t>
+  </si>
+  <si>
+    <t>V 50</t>
+  </si>
+  <si>
+    <t>TKH Flick</t>
+  </si>
+  <si>
+    <t>Prova på</t>
+  </si>
+  <si>
+    <t>J 18</t>
+  </si>
+  <si>
+    <t>´4</t>
+  </si>
+  <si>
+    <t>Linköping</t>
+  </si>
+  <si>
+    <t>V 49</t>
+  </si>
+  <si>
+    <t>U 11</t>
+  </si>
+  <si>
+    <t>Poolspel</t>
+  </si>
+  <si>
+    <t>10.30-12.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matchstart </t>
+  </si>
+  <si>
+    <t>U12</t>
+  </si>
+  <si>
+    <t>09.10</t>
+  </si>
+  <si>
+    <t>11.00-13.20</t>
+  </si>
+  <si>
+    <t>2,3,5</t>
+  </si>
+  <si>
+    <t>10.40</t>
+  </si>
+  <si>
+    <t>12.40-15.00</t>
+  </si>
+  <si>
+    <t>J 20</t>
+  </si>
+  <si>
+    <t>Kalmar</t>
+  </si>
+  <si>
+    <t>13.30-16.00</t>
+  </si>
+  <si>
+    <t>12.50</t>
+  </si>
+  <si>
+    <t>Åseda</t>
+  </si>
+  <si>
+    <t>Start 13.50</t>
+  </si>
+  <si>
+    <t>U 10</t>
+  </si>
+  <si>
+    <t>Hanhals</t>
+  </si>
+  <si>
+    <t>16.10</t>
+  </si>
+  <si>
+    <t>17.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U 15 </t>
+  </si>
+  <si>
+    <t>HC Dalen</t>
+  </si>
+  <si>
+    <t>19.20</t>
+  </si>
+  <si>
+    <t>3-2</t>
+  </si>
+  <si>
+    <t>12.30-14.00</t>
+  </si>
+  <si>
+    <t>IFK</t>
+  </si>
+  <si>
+    <t>Värnamo</t>
+  </si>
+  <si>
+    <t>U 15</t>
+  </si>
+  <si>
+    <t>Kalmar HC</t>
+  </si>
+  <si>
+    <t>Karlskrona</t>
+  </si>
+  <si>
+    <t>16.15</t>
+  </si>
+  <si>
+    <t>HA 74</t>
+  </si>
+  <si>
+    <t>17.15-18.30</t>
+  </si>
+  <si>
+    <t>Diö</t>
+  </si>
+  <si>
+    <t>U 12</t>
+  </si>
+  <si>
+    <t>`1-2</t>
+  </si>
+  <si>
+    <t>16.30</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Helsingborg</t>
+  </si>
+  <si>
+    <t>Lenhovda</t>
+  </si>
+  <si>
+    <t>19.40</t>
+  </si>
+  <si>
+    <t>U 9</t>
+  </si>
+  <si>
+    <t>10.00</t>
+  </si>
+  <si>
+    <t>11.20-12.10</t>
+  </si>
+  <si>
+    <t>18.00-19.00</t>
+  </si>
+  <si>
+    <t>A-laget</t>
+  </si>
+  <si>
+    <t>18.40-19.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U 14 </t>
+  </si>
+  <si>
+    <t>Tingsryd</t>
+  </si>
+  <si>
+    <t>09.00-09-30</t>
+  </si>
+  <si>
+    <t>DM</t>
+  </si>
+  <si>
+    <t>11.20</t>
+  </si>
+  <si>
+    <t>14.00</t>
+  </si>
+  <si>
+    <t>15.20</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mjölby </t>
+  </si>
+  <si>
+    <t>C: 14/15</t>
+  </si>
+  <si>
+    <t>Match</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alvesta </t>
+  </si>
+  <si>
+    <t>Nybro</t>
+  </si>
+  <si>
+    <t>19.30</t>
+  </si>
+  <si>
+    <t>V 44</t>
+  </si>
+  <si>
+    <t>08.00-14.50</t>
+  </si>
+  <si>
+    <t>Halloween</t>
+  </si>
+  <si>
+    <t>Camp</t>
+  </si>
+  <si>
+    <t>Matchsart</t>
+  </si>
+  <si>
+    <t>Skillspass</t>
+  </si>
+  <si>
+    <t>U 13-U 16</t>
+  </si>
+  <si>
+    <t>VACO</t>
+  </si>
+  <si>
+    <t>C 14/15</t>
+  </si>
+  <si>
+    <t>B 12/13</t>
+  </si>
+  <si>
+    <t>19.10-20.10</t>
+  </si>
+  <si>
+    <t>.1-2</t>
+  </si>
+  <si>
+    <t>V 43</t>
+  </si>
+  <si>
+    <t>18.40</t>
+  </si>
+  <si>
+    <t>´2-3</t>
+  </si>
+  <si>
+    <t>Start 10.40</t>
+  </si>
+  <si>
+    <t>Start 14.20</t>
+  </si>
+  <si>
+    <t>Start 17.00</t>
+  </si>
+  <si>
+    <t>B :12/13</t>
+  </si>
+  <si>
+    <t>Nässjö</t>
+  </si>
+  <si>
+    <t>Boro/Vetlanda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karlskrona </t>
+  </si>
+  <si>
+    <t>Start 11.20</t>
+  </si>
+  <si>
+    <t>V 42</t>
+  </si>
+  <si>
+    <t>Växjö</t>
+  </si>
+  <si>
+    <t>13.00</t>
+  </si>
+  <si>
+    <t>Kristiandstad</t>
+  </si>
+  <si>
+    <t>20.40-21.40</t>
+  </si>
+  <si>
+    <t>UPPBOKAT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">V 41  </t>
+  </si>
+  <si>
+    <t>V41</t>
+  </si>
+  <si>
     <t>4</t>
   </si>
   <si>
-    <t>1-2</t>
-[...409 lines deleted...]
-  <si>
     <t>10.30-11.40</t>
   </si>
   <si>
     <t>D16/17</t>
   </si>
   <si>
     <t>11.50-12.50</t>
   </si>
   <si>
     <t xml:space="preserve">A  </t>
   </si>
   <si>
     <t xml:space="preserve">Match </t>
   </si>
   <si>
     <t>Start 13.10</t>
   </si>
   <si>
     <t>Vimmerby</t>
   </si>
   <si>
     <t>Start 14.10</t>
   </si>
   <si>
     <t>16.00-17.00</t>
   </si>
   <si>
     <t>2-3</t>
   </si>
   <si>
     <t>17.10-18.30</t>
   </si>
   <si>
     <t>KRIF Hockey</t>
   </si>
   <si>
-    <t>Troja/Ljungby</t>
-[...1 lines deleted...]
-  <si>
     <t>Start 18.50</t>
   </si>
   <si>
     <t>21.00-22.10</t>
   </si>
   <si>
     <t>Lag</t>
   </si>
   <si>
     <t>Tid</t>
   </si>
   <si>
     <t>Summa</t>
   </si>
   <si>
     <t>U9</t>
   </si>
   <si>
     <t>U10</t>
   </si>
   <si>
     <t>U11</t>
   </si>
   <si>
-    <t>U12</t>
-[...1 lines deleted...]
-  <si>
     <t>U13</t>
   </si>
   <si>
     <t>U14</t>
   </si>
   <si>
     <t>U15</t>
   </si>
   <si>
     <t>U16</t>
   </si>
   <si>
     <t>J18/20</t>
   </si>
   <si>
     <t>Snitttider samt omvandlat till antal pass</t>
   </si>
   <si>
     <t>snitt tid</t>
   </si>
   <si>
     <t>Antal pass (1=50 min)</t>
   </si>
   <si>
     <t>Röd tråd</t>
@@ -864,110 +1172,101 @@
   <si>
     <t>17.00-17.50</t>
   </si>
   <si>
     <t>16.00 U13</t>
   </si>
   <si>
     <t>16.20 U14</t>
   </si>
   <si>
     <t>16.40 U10</t>
   </si>
   <si>
     <t>Olofström</t>
   </si>
   <si>
     <t>18.00-18.50</t>
   </si>
   <si>
     <t>17.00 U 11</t>
   </si>
   <si>
     <t>17.20 U12</t>
   </si>
   <si>
-    <t xml:space="preserve">A </t>
-[...1 lines deleted...]
-  <si>
     <t>4-5</t>
   </si>
   <si>
     <t>17.50 HS</t>
   </si>
   <si>
     <t>18.20 U9</t>
   </si>
   <si>
     <t>18.50 U15</t>
   </si>
   <si>
     <t>Gislaved</t>
   </si>
   <si>
     <t>19.10 U16</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>19.30 J-lag</t>
   </si>
   <si>
     <t>19.55 A-lag</t>
   </si>
   <si>
     <t>20.50-22.00</t>
   </si>
   <si>
     <t>Start 19.40</t>
   </si>
   <si>
     <t>V 38</t>
   </si>
   <si>
     <t>13.10-14.20</t>
   </si>
   <si>
     <t>14.30-15.40</t>
   </si>
   <si>
-    <t>C: 14/15</t>
-[...1 lines deleted...]
-  <si>
     <t>15.50-17.00</t>
   </si>
   <si>
     <t>3/4</t>
   </si>
   <si>
     <t>18.00-21.30</t>
   </si>
   <si>
-    <t>A-lag</t>
-[...1 lines deleted...]
-  <si>
     <t>V 37</t>
   </si>
   <si>
     <t>ISTIDER</t>
   </si>
   <si>
     <t>10.30-11.50</t>
   </si>
   <si>
     <t>12.00-12.50</t>
   </si>
   <si>
     <t>14.00-16.45</t>
   </si>
   <si>
     <t>14.00-17.15</t>
   </si>
   <si>
     <t>15.00-17.50</t>
   </si>
   <si>
     <t>Osby</t>
   </si>
   <si>
     <t>Mjölby</t>
@@ -1044,124 +1343,115 @@
   <si>
     <t>19.10-20.30</t>
   </si>
   <si>
     <t>V 34</t>
   </si>
   <si>
     <t>09.00-10.30</t>
   </si>
   <si>
     <t>10.40-11.50</t>
   </si>
   <si>
     <t>13.00-13.50</t>
   </si>
   <si>
     <t>IF Troja</t>
   </si>
   <si>
     <t>Ljungby</t>
   </si>
   <si>
     <t>19.00-20.50</t>
   </si>
   <si>
-    <t>Karlskrona</t>
-[...1 lines deleted...]
-  <si>
     <t>21.00-22.00</t>
   </si>
   <si>
     <t>V 33</t>
   </si>
   <si>
     <t>08.00-10.10</t>
   </si>
   <si>
     <t>08.00-18.00</t>
   </si>
   <si>
     <t>Grupp 3</t>
   </si>
   <si>
     <t>10.20-12.30</t>
   </si>
   <si>
     <t>HELA</t>
   </si>
   <si>
     <t>Grupp 2</t>
   </si>
   <si>
     <t>DAGEN</t>
   </si>
   <si>
-    <t>12.40-14.50</t>
-[...1 lines deleted...]
-  <si>
     <t>Grupp 1</t>
   </si>
   <si>
     <t>20.30-21.50</t>
   </si>
   <si>
     <t>V 32</t>
   </si>
   <si>
     <t>08.00-09.00</t>
   </si>
   <si>
     <t>09.10-10.10</t>
   </si>
   <si>
     <t>10.20-11.20</t>
   </si>
   <si>
     <t>11.30-12.30</t>
   </si>
   <si>
     <t>12.40-13.40</t>
   </si>
   <si>
     <t>13.50-14.50</t>
   </si>
   <si>
     <t>15.00-16.00</t>
   </si>
   <si>
     <t>16.10-17.10</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kristianstad</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1240,138 +1530,165 @@
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="5" tint="0.39997558519241921"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
-      <color theme="1"/>
+      <color rgb="FF002060"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="11">
+  <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.39997558519241921"/>
+        <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.59999389629810485"/>
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF7030A0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFED1CA4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="39">
+  <borders count="43">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
@@ -1765,56 +2082,98 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="482">
+  <cellXfs count="595">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -3117,133 +3476,466 @@
     </xf>
     <xf numFmtId="0" fontId="19" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="16" fontId="14" fillId="2" borderId="17" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="16" fontId="14" fillId="6" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="16" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="2" borderId="24" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="29" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="30" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="10" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="30" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="2" borderId="30" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="41" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="29" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="11" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="11" borderId="16" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="11" borderId="16" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="16" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="11" borderId="17" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="11" borderId="22" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="15" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="29" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="28" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="11" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="11" borderId="30" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="11" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="11" borderId="29" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="11" borderId="30" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="30" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="36" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="7" borderId="29" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="16" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="13" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="4" borderId="17" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="14" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="10" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Procent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFED1CA4"/>
+      <color rgb="FFFFFFFF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://vgik1923.sharepoint.com/sites/Kansli/Delade%20dokument/General/3.1%20Istider/2_1_aktuell_istider" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="2_1_aktuell_istider"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3491,6657 +4183,3245 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Blad1"/>
-  <dimension ref="A1:W91"/>
+  <dimension ref="A1:X89"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="W35" sqref="W35"/>
+    <sheetView topLeftCell="A34" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="K1" sqref="K1:S65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="215"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-      <c r="A3" s="435" t="s">
+    <row r="1" spans="1:24" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="210" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="436"/>
-[...1 lines deleted...]
-      <c r="D3" s="212" t="s">
+      <c r="B1" s="211"/>
+      <c r="C1" s="212"/>
+      <c r="D1" s="212" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="213"/>
-      <c r="F3" s="214">
+      <c r="E1" s="213"/>
+      <c r="F1" s="212">
         <v>2025</v>
       </c>
-      <c r="G3" s="212"/>
-      <c r="J3" s="435" t="s">
+      <c r="G1" s="212"/>
+      <c r="K1" s="210" t="s">
         <v>0</v>
       </c>
-      <c r="K3" s="436"/>
-[...1 lines deleted...]
-      <c r="M3" s="212" t="s">
+      <c r="L1" s="211"/>
+      <c r="M1" s="212"/>
+      <c r="N1" s="212" t="s">
         <v>1</v>
       </c>
-      <c r="N3" s="213"/>
-      <c r="O3" s="214">
+      <c r="O1" s="213"/>
+      <c r="P1" s="212">
         <v>2025</v>
       </c>
-      <c r="P3" s="212"/>
-[...16 lines deleted...]
-      <c r="A5" s="217" t="s">
+      <c r="Q1" s="212"/>
+      <c r="T1"/>
+      <c r="X1"/>
+    </row>
+    <row r="2" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A2" s="216"/>
+      <c r="B2" s="216"/>
+      <c r="D2" s="216"/>
+      <c r="G2" s="216"/>
+      <c r="K2" s="216"/>
+      <c r="L2" s="216"/>
+      <c r="N2" s="216"/>
+      <c r="Q2" s="216"/>
+      <c r="T2"/>
+      <c r="X2"/>
+    </row>
+    <row r="3" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A3" s="217" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="286" t="s">
+      <c r="B3" s="286" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="219" t="s">
+      <c r="C3" s="219" t="s">
         <v>4</v>
       </c>
-      <c r="D5" s="220" t="s">
+      <c r="D3" s="220" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="332" t="s">
+      <c r="E3" s="332" t="s">
         <v>6</v>
       </c>
-      <c r="F5" s="220" t="s">
+      <c r="F3" s="220" t="s">
         <v>7</v>
       </c>
-      <c r="G5" s="222" t="s">
+      <c r="G3" s="271" t="s">
         <v>8</v>
       </c>
-      <c r="H5" s="223" t="s">
+      <c r="H3" s="219" t="s">
         <v>9</v>
       </c>
-      <c r="I5" s="217" t="s">
+      <c r="I3" s="380" t="s">
         <v>2</v>
       </c>
-      <c r="J5" s="217" t="s">
+      <c r="K3" s="380" t="s">
         <v>2</v>
       </c>
-      <c r="K5" s="286" t="s">
+      <c r="L3" s="271" t="s">
         <v>3</v>
       </c>
-      <c r="L5" s="219" t="s">
+      <c r="M3" s="219" t="s">
         <v>4</v>
       </c>
-      <c r="M5" s="220" t="s">
+      <c r="N3" s="220" t="s">
         <v>5</v>
       </c>
-      <c r="N5" s="332" t="s">
+      <c r="O3" s="332" t="s">
         <v>6</v>
       </c>
-      <c r="O5" s="220" t="s">
+      <c r="P3" s="220" t="s">
         <v>7</v>
       </c>
-      <c r="P5" s="222" t="s">
+      <c r="Q3" s="222" t="s">
         <v>8</v>
       </c>
-      <c r="Q5" s="223" t="s">
+      <c r="R3" s="223" t="s">
         <v>9</v>
       </c>
-      <c r="R5" s="217" t="s">
+      <c r="S3" s="217" t="s">
         <v>2</v>
       </c>
-      <c r="S5"/>
-[...4 lines deleted...]
-      <c r="B6" s="225">
+      <c r="T3"/>
+      <c r="X3"/>
+    </row>
+    <row r="4" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="224"/>
+      <c r="B4" s="225">
         <v>45957</v>
       </c>
-      <c r="C6" s="226">
+      <c r="C4" s="226">
         <v>45958</v>
       </c>
-      <c r="D6" s="227">
+      <c r="D4" s="227">
         <v>303</v>
       </c>
-      <c r="E6" s="337">
+      <c r="E4" s="337">
         <v>45960</v>
       </c>
-      <c r="F6" s="227">
+      <c r="F4" s="227">
         <v>45961</v>
       </c>
-      <c r="G6" s="229">
+      <c r="G4" s="502">
         <v>45962</v>
       </c>
-      <c r="H6" s="230">
+      <c r="H4" s="516">
         <v>45963</v>
       </c>
-      <c r="I6" s="231"/>
-[...1 lines deleted...]
-      <c r="K6" s="225">
+      <c r="I4" s="506"/>
+      <c r="K4" s="511"/>
+      <c r="L4" s="512">
         <v>45957</v>
       </c>
-      <c r="L6" s="226">
+      <c r="M4" s="226">
         <v>45958</v>
       </c>
-      <c r="M6" s="227">
+      <c r="N4" s="227">
         <v>303</v>
       </c>
-      <c r="N6" s="337">
+      <c r="O4" s="337">
         <v>45960</v>
       </c>
-      <c r="O6" s="227">
+      <c r="P4" s="227">
         <v>45961</v>
       </c>
-      <c r="P6" s="229">
+      <c r="Q4" s="229">
         <v>45962</v>
       </c>
-      <c r="Q6" s="230">
+      <c r="R4" s="230">
         <v>45963</v>
       </c>
-      <c r="R6" s="231"/>
-[...4 lines deleted...]
-      <c r="A7" s="232" t="s">
+      <c r="S4" s="231"/>
+      <c r="T4"/>
+      <c r="X4"/>
+    </row>
+    <row r="5" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A5" s="232" t="s">
         <v>10</v>
+      </c>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="216"/>
+      <c r="F5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="481" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="517" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="507" t="s">
+        <v>10</v>
+      </c>
+      <c r="J5" s="314"/>
+      <c r="K5" s="507" t="s">
+        <v>10</v>
+      </c>
+      <c r="L5" s="216"/>
+      <c r="M5" s="216"/>
+      <c r="N5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="O5" s="216"/>
+      <c r="P5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q5" s="234" t="s">
+        <v>12</v>
+      </c>
+      <c r="R5" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="S5" s="232" t="s">
+        <v>10</v>
+      </c>
+      <c r="T5"/>
+      <c r="X5"/>
+    </row>
+    <row r="6" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A6" s="236"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="216"/>
+      <c r="F6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="482" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="518" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="508"/>
+      <c r="J6" s="314"/>
+      <c r="K6" s="508"/>
+      <c r="L6" s="216"/>
+      <c r="M6" s="216"/>
+      <c r="N6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="O6" s="216"/>
+      <c r="P6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q6" s="238" t="s">
+        <v>14</v>
+      </c>
+      <c r="R6" s="239" t="s">
+        <v>15</v>
+      </c>
+      <c r="S6" s="236"/>
+      <c r="T6"/>
+      <c r="X6"/>
+    </row>
+    <row r="7" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A7" s="240" t="s">
+        <v>16</v>
       </c>
       <c r="B7" s="216"/>
       <c r="C7" s="216"/>
-      <c r="D7" s="479" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D7" s="470"/>
       <c r="E7" s="216"/>
-      <c r="F7" s="479" t="s">
-[...14 lines deleted...]
-      <c r="K7" s="216"/>
+      <c r="F7" s="470"/>
+      <c r="G7" s="482"/>
+      <c r="H7" s="519" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="509" t="s">
+        <v>16</v>
+      </c>
+      <c r="J7" s="314"/>
+      <c r="K7" s="509" t="s">
+        <v>16</v>
+      </c>
       <c r="L7" s="216"/>
-      <c r="M7" s="479" t="s">
-[...20 lines deleted...]
-      <c r="B8" s="216"/>
+      <c r="M7" s="216"/>
+      <c r="N7" s="470"/>
+      <c r="O7" s="216"/>
+      <c r="P7" s="470"/>
+      <c r="Q7" s="238"/>
+      <c r="R7" s="242" t="s">
+        <v>17</v>
+      </c>
+      <c r="S7" s="240" t="s">
+        <v>16</v>
+      </c>
+      <c r="T7"/>
+      <c r="X7"/>
+    </row>
+    <row r="8" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A8" s="232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="243"/>
       <c r="C8" s="216"/>
-      <c r="D8" s="480" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="216"/>
       <c r="E8" s="216"/>
-      <c r="F8" s="480" t="s">
-[...10 lines deleted...]
-      <c r="K8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="219" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="520" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="507" t="s">
+        <v>18</v>
+      </c>
+      <c r="J8" s="314"/>
+      <c r="K8" s="507" t="s">
+        <v>18</v>
+      </c>
       <c r="L8" s="216"/>
-      <c r="M8" s="480" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M8" s="216"/>
       <c r="N8" s="216"/>
-      <c r="O8" s="480" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="O8" s="216"/>
+      <c r="P8" s="216"/>
+      <c r="Q8" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="R8" s="222" t="s">
+        <v>20</v>
+      </c>
+      <c r="S8" s="244" t="s">
+        <v>18</v>
+      </c>
+      <c r="T8"/>
+      <c r="X8"/>
+    </row>
+    <row r="9" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A9" s="236"/>
       <c r="B9" s="216"/>
       <c r="C9" s="216"/>
-      <c r="D9" s="481" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="216"/>
       <c r="E9" s="216"/>
-      <c r="F9" s="481" t="s">
-[...12 lines deleted...]
-      <c r="K9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="269" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="269"/>
+      <c r="I9" s="508"/>
+      <c r="J9" s="314"/>
+      <c r="K9" s="508"/>
       <c r="L9" s="216"/>
-      <c r="M9" s="481" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9" s="216"/>
       <c r="N9" s="216"/>
-      <c r="O9" s="481" t="s">
-[...16 lines deleted...]
-      <c r="B10" s="243"/>
+      <c r="O9" s="216"/>
+      <c r="P9" s="216"/>
+      <c r="Q9" s="245" t="s">
+        <v>21</v>
+      </c>
+      <c r="R9" s="246"/>
+      <c r="S9" s="247"/>
+      <c r="T9"/>
+      <c r="X9"/>
+    </row>
+    <row r="10" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A10" s="240" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="216"/>
       <c r="C10" s="216"/>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
-      <c r="G10" s="220" t="s">
-[...11 lines deleted...]
-      <c r="K10" s="243"/>
+      <c r="G10" s="274" t="s">
+        <v>23</v>
+      </c>
+      <c r="H10" s="269" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" s="509" t="s">
+        <v>22</v>
+      </c>
+      <c r="J10" s="314"/>
+      <c r="K10" s="509" t="s">
+        <v>22</v>
+      </c>
       <c r="L10" s="216"/>
       <c r="M10" s="216"/>
       <c r="N10" s="216"/>
       <c r="O10" s="216"/>
-      <c r="P10" s="220" t="s">
-[...12 lines deleted...]
-      <c r="A11" s="236"/>
+      <c r="P10" s="216"/>
+      <c r="Q10" s="248" t="s">
+        <v>25</v>
+      </c>
+      <c r="R10" s="246" t="s">
+        <v>24</v>
+      </c>
+      <c r="S10" s="249" t="s">
+        <v>22</v>
+      </c>
+      <c r="T10"/>
+      <c r="X10"/>
+    </row>
+    <row r="11" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="232" t="s">
+        <v>26</v>
+      </c>
       <c r="B11" s="216"/>
       <c r="C11" s="216"/>
       <c r="D11" s="216"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
-      <c r="G11" s="245" t="s">
-[...5 lines deleted...]
-      <c r="K11" s="216"/>
+      <c r="G11" s="269"/>
+      <c r="H11" s="269"/>
+      <c r="I11" s="507" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="314"/>
+      <c r="K11" s="507" t="s">
+        <v>26</v>
+      </c>
       <c r="L11" s="216"/>
       <c r="M11" s="216"/>
       <c r="N11" s="216"/>
       <c r="O11" s="216"/>
-      <c r="P11" s="245" t="s">
-[...11 lines deleted...]
-      <c r="B12" s="216"/>
+      <c r="P11" s="216"/>
+      <c r="Q11" s="245"/>
+      <c r="R11" s="246"/>
+      <c r="S11" s="244" t="s">
+        <v>26</v>
+      </c>
+      <c r="T11"/>
+      <c r="X11"/>
+    </row>
+    <row r="12" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A12" s="236"/>
+      <c r="B12" s="250"/>
       <c r="C12" s="216"/>
       <c r="D12" s="216"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
-      <c r="G12" s="248" t="s">
-[...12 lines deleted...]
-      <c r="L12" s="216"/>
+      <c r="G12" s="503" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="269"/>
+      <c r="I12" s="508"/>
+      <c r="J12" s="314"/>
+      <c r="K12" s="508"/>
+      <c r="L12" s="250"/>
       <c r="M12" s="216"/>
       <c r="N12" s="216"/>
       <c r="O12" s="216"/>
-      <c r="P12" s="248" t="s">
-[...12 lines deleted...]
-      <c r="A13" s="232" t="s">
+      <c r="P12" s="216"/>
+      <c r="Q12" s="429" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="216"/>
+      <c r="R12" s="246"/>
+      <c r="S12" s="247"/>
+      <c r="T12"/>
+      <c r="X12"/>
+    </row>
+    <row r="13" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A13" s="240" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="250"/>
       <c r="C13" s="216"/>
       <c r="D13" s="216"/>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
-      <c r="G13" s="245"/>
-[...8 lines deleted...]
-      <c r="L13" s="216"/>
+      <c r="G13" s="423" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="269"/>
+      <c r="I13" s="509" t="s">
+        <v>28</v>
+      </c>
+      <c r="J13" s="314"/>
+      <c r="K13" s="509" t="s">
+        <v>28</v>
+      </c>
+      <c r="L13" s="250"/>
       <c r="M13" s="216"/>
       <c r="N13" s="216"/>
       <c r="O13" s="216"/>
-      <c r="P13" s="245"/>
-[...9 lines deleted...]
-      <c r="B14" s="250"/>
+      <c r="P13" s="216"/>
+      <c r="Q13" s="392" t="s">
+        <v>29</v>
+      </c>
+      <c r="R13" s="246"/>
+      <c r="S13" s="249" t="s">
+        <v>28</v>
+      </c>
+      <c r="T13"/>
+      <c r="X13"/>
+    </row>
+    <row r="14" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A14" s="232" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="216"/>
       <c r="C14" s="216"/>
       <c r="D14" s="216"/>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
-      <c r="G14" s="429" t="s">
-[...5 lines deleted...]
-      <c r="K14" s="250"/>
+      <c r="G14" s="422"/>
+      <c r="H14" s="520" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="507" t="s">
+        <v>30</v>
+      </c>
+      <c r="J14" s="314"/>
+      <c r="K14" s="507" t="s">
+        <v>30</v>
+      </c>
       <c r="L14" s="216"/>
       <c r="M14" s="216"/>
       <c r="N14" s="216"/>
       <c r="O14" s="216"/>
-      <c r="P14" s="429" t="s">
-[...11 lines deleted...]
-      <c r="B15" s="250"/>
+      <c r="P14" s="216"/>
+      <c r="Q14" s="399"/>
+      <c r="R14" s="222" t="s">
+        <v>31</v>
+      </c>
+      <c r="S14" s="244" t="s">
+        <v>30</v>
+      </c>
+      <c r="T14"/>
+      <c r="X14"/>
+    </row>
+    <row r="15" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A15" s="236"/>
+      <c r="B15" s="216"/>
       <c r="C15" s="216"/>
       <c r="D15" s="216"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
-      <c r="G15" s="392" t="s">
-[...9 lines deleted...]
-      <c r="K15" s="250"/>
+      <c r="G15" s="281" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="269"/>
+      <c r="I15" s="508"/>
+      <c r="J15" s="314"/>
+      <c r="K15" s="508"/>
       <c r="L15" s="216"/>
       <c r="M15" s="216"/>
       <c r="N15" s="216"/>
       <c r="O15" s="216"/>
-      <c r="P15" s="392" t="s">
-[...11 lines deleted...]
-        <v>31</v>
+      <c r="P15" s="216"/>
+      <c r="Q15" s="408" t="s">
+        <v>32</v>
+      </c>
+      <c r="R15" s="246"/>
+      <c r="S15" s="247"/>
+      <c r="T15"/>
+      <c r="X15"/>
+    </row>
+    <row r="16" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A16" s="240" t="s">
+        <v>33</v>
       </c>
       <c r="B16" s="216"/>
       <c r="C16" s="216"/>
       <c r="D16" s="216"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
-      <c r="G16" s="399"/>
-[...9 lines deleted...]
-      <c r="K16" s="216"/>
+      <c r="G16" s="282" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="269"/>
+      <c r="I16" s="509" t="s">
+        <v>33</v>
+      </c>
+      <c r="J16" s="314"/>
+      <c r="K16" s="509" t="s">
+        <v>33</v>
+      </c>
       <c r="L16" s="216"/>
-      <c r="M16" s="216"/>
+      <c r="M16" s="216" t="s">
+        <v>34</v>
+      </c>
       <c r="N16" s="216"/>
       <c r="O16" s="216"/>
-      <c r="P16" s="399"/>
-[...10 lines deleted...]
-      <c r="A17" s="236"/>
+      <c r="P16" s="216"/>
+      <c r="Q16" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="R16" s="246"/>
+      <c r="S16" s="249" t="s">
+        <v>33</v>
+      </c>
+      <c r="T16"/>
+      <c r="X16"/>
+    </row>
+    <row r="17" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A17" s="232" t="s">
+        <v>35</v>
+      </c>
       <c r="B17" s="216"/>
-      <c r="C17" s="216"/>
+      <c r="C17" s="216" t="s">
+        <v>36</v>
+      </c>
       <c r="D17" s="216"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
-      <c r="G17" s="408" t="s">
-[...5 lines deleted...]
-      <c r="K17" s="216"/>
+      <c r="G17" s="282" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="507" t="s">
+        <v>35</v>
+      </c>
+      <c r="J17" s="314"/>
+      <c r="K17" s="507" t="s">
+        <v>35</v>
+      </c>
       <c r="L17" s="216"/>
       <c r="M17" s="216"/>
       <c r="N17" s="216"/>
       <c r="O17" s="216"/>
-      <c r="P17" s="408" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="P17" s="216"/>
+      <c r="Q17" s="253" t="s">
+        <v>38</v>
+      </c>
+      <c r="R17" s="246" t="s">
+        <v>14</v>
+      </c>
+      <c r="S17" s="244" t="s">
+        <v>35</v>
+      </c>
+      <c r="T17"/>
+      <c r="X17"/>
+    </row>
+    <row r="18" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A18" s="236"/>
       <c r="B18" s="216"/>
       <c r="C18" s="216"/>
       <c r="D18" s="216"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
-      <c r="G18" s="253" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="G18" s="504"/>
+      <c r="H18" s="269"/>
+      <c r="I18" s="508"/>
+      <c r="J18" s="314"/>
+      <c r="K18" s="508"/>
+      <c r="L18" s="216"/>
       <c r="M18" s="216"/>
       <c r="N18" s="216"/>
       <c r="O18" s="216"/>
-      <c r="P18" s="253" t="s">
-[...11 lines deleted...]
-        <v>36</v>
+      <c r="P18" s="216"/>
+      <c r="Q18" s="432"/>
+      <c r="R18" s="246"/>
+      <c r="S18" s="247"/>
+      <c r="T18"/>
+      <c r="X18"/>
+    </row>
+    <row r="19" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A19" s="240" t="s">
+        <v>39</v>
       </c>
       <c r="B19" s="216"/>
-      <c r="C19" s="216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C19" s="216"/>
       <c r="D19" s="216"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
-      <c r="G19" s="253" t="s">
-[...11 lines deleted...]
-      <c r="K19" s="216"/>
+      <c r="G19" s="423"/>
+      <c r="H19" s="269"/>
+      <c r="I19" s="509" t="s">
+        <v>39</v>
+      </c>
+      <c r="J19" s="314"/>
+      <c r="K19" s="509" t="s">
+        <v>39</v>
+      </c>
       <c r="L19" s="216"/>
       <c r="M19" s="216"/>
       <c r="N19" s="216"/>
       <c r="O19" s="216"/>
-      <c r="P19" s="253" t="s">
+      <c r="P19" s="216"/>
+      <c r="Q19" s="392"/>
+      <c r="R19" s="246"/>
+      <c r="S19" s="249" t="s">
         <v>39</v>
       </c>
-      <c r="Q19" s="246" t="s">
-[...9 lines deleted...]
-      <c r="A20" s="236"/>
+      <c r="T19"/>
+      <c r="X19"/>
+    </row>
+    <row r="20" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="232" t="s">
+        <v>40</v>
+      </c>
       <c r="B20" s="216"/>
       <c r="C20" s="216"/>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
-      <c r="G20" s="432"/>
-[...3 lines deleted...]
-      <c r="K20" s="216"/>
+      <c r="G20" s="423"/>
+      <c r="H20" s="269"/>
+      <c r="I20" s="507" t="s">
+        <v>40</v>
+      </c>
+      <c r="J20" s="314"/>
+      <c r="K20" s="507" t="s">
+        <v>40</v>
+      </c>
       <c r="L20" s="216"/>
       <c r="M20" s="216"/>
       <c r="N20" s="216"/>
       <c r="O20" s="216"/>
-      <c r="P20" s="432"/>
-[...6 lines deleted...]
-      <c r="A21" s="240" t="s">
+      <c r="P20" s="216"/>
+      <c r="Q20" s="392"/>
+      <c r="R20" s="246"/>
+      <c r="S20" s="244" t="s">
         <v>40</v>
       </c>
+      <c r="T20"/>
+      <c r="X20"/>
+    </row>
+    <row r="21" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A21" s="236"/>
       <c r="B21" s="216"/>
       <c r="C21" s="216"/>
       <c r="D21" s="216"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
-      <c r="G21" s="392"/>
-[...7 lines deleted...]
-      <c r="K21" s="216"/>
+      <c r="G21" s="269"/>
+      <c r="H21" s="274"/>
+      <c r="I21" s="508"/>
+      <c r="J21" s="314"/>
+      <c r="K21" s="508"/>
       <c r="L21" s="216"/>
       <c r="M21" s="216"/>
       <c r="N21" s="216"/>
       <c r="O21" s="216"/>
-      <c r="P21" s="392"/>
-[...8 lines deleted...]
-      <c r="A22" s="232" t="s">
+      <c r="P21" s="216"/>
+      <c r="Q21" s="245"/>
+      <c r="R21" s="257"/>
+      <c r="S21" s="247"/>
+      <c r="T21"/>
+      <c r="X21"/>
+    </row>
+    <row r="22" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A22" s="240" t="s">
         <v>41</v>
       </c>
       <c r="B22" s="216"/>
       <c r="C22" s="216"/>
       <c r="D22" s="216"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
-      <c r="G22" s="392"/>
-[...1 lines deleted...]
-      <c r="I22" s="244" t="s">
+      <c r="G22" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22" s="521"/>
+      <c r="I22" s="509" t="s">
         <v>41</v>
       </c>
-      <c r="J22" s="232" t="s">
+      <c r="J22" s="314"/>
+      <c r="K22" s="509" t="s">
         <v>41</v>
       </c>
-      <c r="K22" s="216"/>
       <c r="L22" s="216"/>
       <c r="M22" s="216"/>
       <c r="N22" s="216"/>
       <c r="O22" s="216"/>
-      <c r="P22" s="392"/>
-[...1 lines deleted...]
-      <c r="R22" s="244" t="s">
+      <c r="P22" s="216"/>
+      <c r="Q22" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="R22" s="259"/>
+      <c r="S22" s="249" t="s">
         <v>41</v>
       </c>
-      <c r="S22"/>
-[...3 lines deleted...]
-      <c r="A23" s="236"/>
+      <c r="T22"/>
+      <c r="X22"/>
+    </row>
+    <row r="23" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A23" s="232" t="s">
+        <v>43</v>
+      </c>
       <c r="B23" s="216"/>
       <c r="C23" s="216"/>
       <c r="D23" s="216"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
-      <c r="G23" s="245"/>
-[...3 lines deleted...]
-      <c r="K23" s="216"/>
+      <c r="G23" s="274"/>
+      <c r="H23" s="423"/>
+      <c r="I23" s="507" t="s">
+        <v>43</v>
+      </c>
+      <c r="J23" s="314"/>
+      <c r="K23" s="507" t="s">
+        <v>43</v>
+      </c>
       <c r="L23" s="216"/>
       <c r="M23" s="216"/>
       <c r="N23" s="216"/>
       <c r="O23" s="216"/>
-      <c r="P23" s="245"/>
-[...8 lines deleted...]
-      </c>
+      <c r="P23" s="216"/>
+      <c r="Q23" s="248"/>
+      <c r="R23" s="401"/>
+      <c r="S23" s="244" t="s">
+        <v>43</v>
+      </c>
+      <c r="T23"/>
+      <c r="X23"/>
+    </row>
+    <row r="24" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A24" s="236"/>
       <c r="B24" s="216"/>
       <c r="C24" s="216"/>
       <c r="D24" s="216"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
-      <c r="G24" s="245" t="s">
-[...9 lines deleted...]
-      <c r="K24" s="216"/>
+      <c r="G24" s="274"/>
+      <c r="H24" s="423"/>
+      <c r="I24" s="508"/>
+      <c r="J24" s="314"/>
+      <c r="K24" s="508"/>
       <c r="L24" s="216"/>
       <c r="M24" s="216"/>
       <c r="N24" s="216"/>
       <c r="O24" s="216"/>
-      <c r="P24" s="245" t="s">
-[...10 lines deleted...]
-      <c r="A25" s="232" t="s">
+      <c r="P24" s="216"/>
+      <c r="Q24" s="248"/>
+      <c r="R24" s="401"/>
+      <c r="S24" s="247"/>
+      <c r="T24"/>
+      <c r="X24"/>
+    </row>
+    <row r="25" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A25" s="240" t="s">
         <v>44</v>
       </c>
-      <c r="B25" s="216"/>
+      <c r="B25" s="243"/>
       <c r="C25" s="216"/>
       <c r="D25" s="216"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
-      <c r="G25" s="248"/>
-[...1 lines deleted...]
-      <c r="I25" s="244" t="s">
+      <c r="G25" s="269"/>
+      <c r="H25" s="423" t="s">
+        <v>42</v>
+      </c>
+      <c r="I25" s="509" t="s">
         <v>44</v>
       </c>
-      <c r="J25" s="232" t="s">
+      <c r="J25" s="314"/>
+      <c r="K25" s="509" t="s">
         <v>44</v>
       </c>
-      <c r="K25" s="216"/>
       <c r="L25" s="216"/>
       <c r="M25" s="216"/>
       <c r="N25" s="216"/>
       <c r="O25" s="216"/>
-      <c r="P25" s="248"/>
-[...1 lines deleted...]
-      <c r="R25" s="244" t="s">
+      <c r="P25" s="216"/>
+      <c r="Q25" s="245"/>
+      <c r="R25" s="401" t="s">
+        <v>42</v>
+      </c>
+      <c r="S25" s="249" t="s">
         <v>44</v>
       </c>
-      <c r="S25"/>
-[...4 lines deleted...]
-      <c r="B26" s="216"/>
+      <c r="T25"/>
+      <c r="X25"/>
+    </row>
+    <row r="26" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A26" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="220" t="s">
+        <v>46</v>
+      </c>
       <c r="C26" s="216"/>
       <c r="D26" s="216"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
-      <c r="G26" s="248"/>
-[...4 lines deleted...]
-      <c r="L26" s="216"/>
+      <c r="G26" s="219" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="423"/>
+      <c r="I26" s="507" t="s">
+        <v>45</v>
+      </c>
+      <c r="J26" s="314"/>
+      <c r="K26" s="507" t="s">
+        <v>45</v>
+      </c>
+      <c r="L26" s="221" t="s">
+        <v>46</v>
+      </c>
       <c r="M26" s="216"/>
       <c r="N26" s="216"/>
       <c r="O26" s="216"/>
-      <c r="P26" s="248"/>
-[...6 lines deleted...]
-      <c r="A27" s="240" t="s">
+      <c r="P26" s="216"/>
+      <c r="Q26" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="R26" s="401"/>
+      <c r="S26" s="244" t="s">
         <v>45</v>
       </c>
-      <c r="B27" s="243"/>
+      <c r="T26"/>
+      <c r="X26"/>
+    </row>
+    <row r="27" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A27" s="264"/>
+      <c r="B27" s="245" t="s">
+        <v>24</v>
+      </c>
       <c r="C27" s="216"/>
       <c r="D27" s="216"/>
       <c r="E27" s="216"/>
-      <c r="F27" s="216"/>
-[...11 lines deleted...]
-      <c r="L27" s="216"/>
+      <c r="F27" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G27" s="269" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="423"/>
+      <c r="I27" s="508"/>
+      <c r="J27" s="314"/>
+      <c r="K27" s="508"/>
+      <c r="L27" s="357" t="s">
+        <v>24</v>
+      </c>
       <c r="M27" s="216"/>
       <c r="N27" s="216"/>
       <c r="O27" s="216"/>
-      <c r="P27" s="245"/>
-[...13 lines deleted...]
-      <c r="B28" s="220" t="s">
+      <c r="P27" s="219" t="s">
         <v>47</v>
       </c>
+      <c r="Q27" s="245" t="s">
+        <v>48</v>
+      </c>
+      <c r="R27" s="401"/>
+      <c r="S27" s="247"/>
+      <c r="T27"/>
+      <c r="X27"/>
+    </row>
+    <row r="28" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A28" s="266" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="267"/>
       <c r="C28" s="216"/>
-      <c r="D28" s="216"/>
+      <c r="D28" s="268"/>
       <c r="E28" s="216"/>
-      <c r="F28" s="216"/>
-[...13 lines deleted...]
-      <c r="L28" s="216"/>
+      <c r="F28" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="342"/>
+      <c r="H28" s="423"/>
+      <c r="I28" s="509" t="s">
+        <v>49</v>
+      </c>
+      <c r="J28" s="314"/>
+      <c r="K28" s="509" t="s">
+        <v>49</v>
+      </c>
+      <c r="L28" s="475"/>
       <c r="M28" s="216"/>
-      <c r="N28" s="216"/>
+      <c r="N28" s="268"/>
       <c r="O28" s="216"/>
-      <c r="P28" s="220" t="s">
-[...11 lines deleted...]
-      <c r="B29" s="245" t="s">
+      <c r="P28" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q28" s="267"/>
+      <c r="R28" s="401"/>
+      <c r="S28" s="249" t="s">
+        <v>49</v>
+      </c>
+      <c r="T28"/>
+      <c r="X28"/>
+    </row>
+    <row r="29" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="357"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="219"/>
+      <c r="I29" s="507" t="s">
+        <v>50</v>
+      </c>
+      <c r="J29" s="314"/>
+      <c r="K29" s="507" t="s">
+        <v>50</v>
+      </c>
+      <c r="L29" s="216" t="s">
+        <v>51</v>
+      </c>
+      <c r="M29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="N29" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="O29" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="P29" s="357"/>
+      <c r="Q29" s="216"/>
+      <c r="R29" s="220"/>
+      <c r="S29" s="244" t="s">
+        <v>50</v>
+      </c>
+      <c r="T29"/>
+      <c r="X29"/>
+    </row>
+    <row r="30" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A30" s="264"/>
+      <c r="B30" s="243"/>
+      <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="356"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="269"/>
+      <c r="I30" s="508"/>
+      <c r="J30" s="314"/>
+      <c r="K30" s="508"/>
+      <c r="L30" s="216"/>
+      <c r="M30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="N30" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="O30" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="P30" s="356"/>
+      <c r="Q30" s="216"/>
+      <c r="R30" s="245"/>
+      <c r="S30" s="247"/>
+      <c r="T30"/>
+      <c r="X30"/>
+    </row>
+    <row r="31" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A31" s="266" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="243" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="297"/>
+      <c r="E31" s="405" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="356"/>
+      <c r="G31" s="216"/>
+      <c r="H31" s="269"/>
+      <c r="I31" s="509" t="s">
+        <v>58</v>
+      </c>
+      <c r="J31" s="314"/>
+      <c r="K31" s="509" t="s">
+        <v>58</v>
+      </c>
+      <c r="L31" s="216" t="s">
+        <v>14</v>
+      </c>
+      <c r="M31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="N31" s="297"/>
+      <c r="O31" s="405" t="s">
+        <v>59</v>
+      </c>
+      <c r="P31" s="356"/>
+      <c r="Q31" s="216"/>
+      <c r="R31" s="245"/>
+      <c r="S31" s="249" t="s">
+        <v>58</v>
+      </c>
+      <c r="T31"/>
+      <c r="X31"/>
+    </row>
+    <row r="32" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A32" s="262" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="243"/>
+      <c r="C32" s="276"/>
+      <c r="D32" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="256"/>
+      <c r="F32" s="357"/>
+      <c r="G32" s="216" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="I32" s="507" t="s">
+        <v>60</v>
+      </c>
+      <c r="J32" s="314"/>
+      <c r="K32" s="507" t="s">
+        <v>60</v>
+      </c>
+      <c r="L32" s="216"/>
+      <c r="M32" s="276"/>
+      <c r="N32" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="O32" s="256"/>
+      <c r="P32" s="357"/>
+      <c r="Q32" s="216" t="s">
+        <v>42</v>
+      </c>
+      <c r="R32" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="S32" s="244" t="s">
+        <v>60</v>
+      </c>
+      <c r="T32"/>
+      <c r="X32"/>
+    </row>
+    <row r="33" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A33" s="264"/>
+      <c r="B33" s="243"/>
+      <c r="C33" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="408" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="357"/>
+      <c r="G33" s="216"/>
+      <c r="H33" s="269"/>
+      <c r="I33" s="508"/>
+      <c r="J33" s="314"/>
+      <c r="K33" s="508"/>
+      <c r="L33" s="216"/>
+      <c r="M33" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="N33" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="O33" s="408" t="s">
+        <v>63</v>
+      </c>
+      <c r="P33" s="357"/>
+      <c r="Q33" s="216"/>
+      <c r="R33" s="245"/>
+      <c r="S33" s="247"/>
+      <c r="T33"/>
+      <c r="X33"/>
+    </row>
+    <row r="34" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A34" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="243"/>
+      <c r="C34" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="268" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="357"/>
+      <c r="G34" s="216"/>
+      <c r="H34" s="342"/>
+      <c r="I34" s="509" t="s">
+        <v>64</v>
+      </c>
+      <c r="J34" s="314"/>
+      <c r="K34" s="509" t="s">
+        <v>64</v>
+      </c>
+      <c r="L34" s="216"/>
+      <c r="M34" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="216" t="s">
+        <v>65</v>
+      </c>
+      <c r="O34" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="P34" s="357"/>
+      <c r="Q34" s="216"/>
+      <c r="R34" s="245"/>
+      <c r="S34" s="249" t="s">
+        <v>64</v>
+      </c>
+      <c r="T34"/>
+      <c r="X34"/>
+    </row>
+    <row r="35" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A35" s="262" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="283"/>
+      <c r="C35" s="418"/>
+      <c r="D35" s="285" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" s="428" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" s="433" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="219"/>
+      <c r="H35" s="269"/>
+      <c r="I35" s="507" t="s">
+        <v>66</v>
+      </c>
+      <c r="J35" s="314"/>
+      <c r="K35" s="507" t="s">
+        <v>66</v>
+      </c>
+      <c r="L35" s="473"/>
+      <c r="M35" s="440"/>
+      <c r="N35" s="220"/>
+      <c r="O35" s="444" t="s">
+        <v>68</v>
+      </c>
+      <c r="P35" s="433" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q35" s="219"/>
+      <c r="R35" s="220"/>
+      <c r="S35" s="244" t="s">
+        <v>66</v>
+      </c>
+      <c r="T35"/>
+      <c r="X35"/>
+    </row>
+    <row r="36" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A36" s="264"/>
+      <c r="B36" s="243"/>
+      <c r="C36" s="426"/>
+      <c r="D36" s="288" t="s">
+        <v>55</v>
+      </c>
+      <c r="E36" s="423" t="s">
+        <v>70</v>
+      </c>
+      <c r="F36" s="386" t="s">
+        <v>71</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="269"/>
+      <c r="I36" s="508"/>
+      <c r="J36" s="314"/>
+      <c r="K36" s="508"/>
+      <c r="L36" s="216"/>
+      <c r="M36" s="441"/>
+      <c r="N36" s="245"/>
+      <c r="O36" s="431" t="s">
+        <v>70</v>
+      </c>
+      <c r="P36" s="386" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q36" s="269"/>
+      <c r="R36" s="245"/>
+      <c r="S36" s="247"/>
+      <c r="T36"/>
+      <c r="X36"/>
+    </row>
+    <row r="37" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A37" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="355" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="505" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="290" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="424" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" s="434" t="s">
+        <v>75</v>
+      </c>
+      <c r="G37" s="269"/>
+      <c r="H37" s="269"/>
+      <c r="I37" s="509" t="s">
+        <v>72</v>
+      </c>
+      <c r="J37" s="314"/>
+      <c r="K37" s="509" t="s">
+        <v>72</v>
+      </c>
+      <c r="L37" s="391" t="s">
+        <v>73</v>
+      </c>
+      <c r="M37" s="496" t="s">
+        <v>74</v>
+      </c>
+      <c r="N37" s="248" t="s">
+        <v>76</v>
+      </c>
+      <c r="O37" s="425" t="s">
+        <v>29</v>
+      </c>
+      <c r="P37" s="434" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q37" s="269"/>
+      <c r="R37" s="245"/>
+      <c r="S37" s="249" t="s">
+        <v>72</v>
+      </c>
+      <c r="T37"/>
+      <c r="X37"/>
+    </row>
+    <row r="38" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A38" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" s="450" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" s="288"/>
+      <c r="E38" s="422"/>
+      <c r="F38" s="386"/>
+      <c r="G38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="I38" s="507" t="s">
+        <v>78</v>
+      </c>
+      <c r="J38" s="314"/>
+      <c r="K38" s="507" t="s">
+        <v>78</v>
+      </c>
+      <c r="L38" s="358" t="s">
+        <v>55</v>
+      </c>
+      <c r="M38" s="388" t="s">
+        <v>79</v>
+      </c>
+      <c r="N38" s="245"/>
+      <c r="O38" s="430"/>
+      <c r="P38" s="386"/>
+      <c r="Q38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="R38" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="S38" s="244" t="s">
+        <v>78</v>
+      </c>
+      <c r="T38"/>
+      <c r="X38"/>
+    </row>
+    <row r="39" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A39" s="264"/>
+      <c r="B39" s="336" t="s">
         <v>25</v>
       </c>
-      <c r="C29" s="216"/>
-[...11 lines deleted...]
-      <c r="K29" s="245" t="s">
+      <c r="C39" s="450" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="332" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" s="295" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" s="295" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" s="269"/>
+      <c r="H39" s="269"/>
+      <c r="I39" s="508"/>
+      <c r="J39" s="314"/>
+      <c r="K39" s="508"/>
+      <c r="L39" s="513" t="s">
         <v>25</v>
       </c>
-      <c r="L29" s="216"/>
-[...250 lines deleted...]
-      <c r="C36" s="402" t="s">
+      <c r="M39" s="388" t="s">
+        <v>77</v>
+      </c>
+      <c r="N39" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="O39" s="445" t="s">
+        <v>81</v>
+      </c>
+      <c r="P39" s="272" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q39" s="269"/>
+      <c r="R39" s="245"/>
+      <c r="S39" s="247"/>
+      <c r="T39"/>
+      <c r="X39"/>
+    </row>
+    <row r="40" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="304" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="419" t="s">
+        <v>81</v>
+      </c>
+      <c r="D40" s="216" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" s="233" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="298" t="s">
+        <v>86</v>
+      </c>
+      <c r="G40" s="342"/>
+      <c r="H40" s="269"/>
+      <c r="I40" s="509" t="s">
+        <v>87</v>
+      </c>
+      <c r="J40" s="314"/>
+      <c r="K40" s="509" t="s">
+        <v>83</v>
+      </c>
+      <c r="L40" s="301" t="s">
+        <v>84</v>
+      </c>
+      <c r="M40" s="443" t="s">
+        <v>81</v>
+      </c>
+      <c r="N40" s="245"/>
+      <c r="O40" s="361" t="s">
+        <v>86</v>
+      </c>
+      <c r="P40" s="273" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q40" s="342"/>
+      <c r="R40" s="245"/>
+      <c r="S40" s="249" t="s">
+        <v>87</v>
+      </c>
+      <c r="T40"/>
+      <c r="X40"/>
+    </row>
+    <row r="41" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A41" s="262" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="304" t="s">
+        <v>90</v>
+      </c>
+      <c r="C41" s="275" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="216">
+        <v>3</v>
+      </c>
+      <c r="E41" s="237">
+        <v>4</v>
+      </c>
+      <c r="F41" s="233">
+        <v>4</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="219"/>
+      <c r="I41" s="507" t="s">
+        <v>89</v>
+      </c>
+      <c r="J41" s="314"/>
+      <c r="K41" s="507" t="s">
+        <v>89</v>
+      </c>
+      <c r="L41" s="301" t="s">
+        <v>86</v>
+      </c>
+      <c r="M41" s="308" t="s">
+        <v>91</v>
+      </c>
+      <c r="N41" s="245" t="s">
+        <v>92</v>
+      </c>
+      <c r="O41" s="446">
+        <v>4</v>
+      </c>
+      <c r="P41" s="256" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q41" s="216"/>
+      <c r="R41" s="220"/>
+      <c r="S41" s="244" t="s">
+        <v>89</v>
+      </c>
+      <c r="T41"/>
+      <c r="X41"/>
+    </row>
+    <row r="42" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A42" s="264"/>
+      <c r="B42" s="452" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="270" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42" s="297"/>
+      <c r="E42" s="343"/>
+      <c r="F42" s="237"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="269"/>
+      <c r="I42" s="508"/>
+      <c r="J42" s="314"/>
+      <c r="K42" s="508"/>
+      <c r="L42" s="427">
+        <v>4</v>
+      </c>
+      <c r="M42" s="304" t="s">
+        <v>75</v>
+      </c>
+      <c r="N42" s="245"/>
+      <c r="O42" s="427"/>
+      <c r="P42" s="258"/>
+      <c r="Q42" s="216"/>
+      <c r="R42" s="245"/>
+      <c r="S42" s="247"/>
+      <c r="T42"/>
+      <c r="X42"/>
+    </row>
+    <row r="43" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A43" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="421" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="333" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="301" t="s">
+        <v>94</v>
+      </c>
+      <c r="E43" s="419" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43" s="409" t="s">
+        <v>96</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="269"/>
+      <c r="I43" s="509" t="s">
+        <v>97</v>
+      </c>
+      <c r="J43" s="314"/>
+      <c r="K43" s="509" t="s">
+        <v>93</v>
+      </c>
+      <c r="L43" s="514" t="s">
+        <v>94</v>
+      </c>
+      <c r="M43" s="462" t="s">
+        <v>95</v>
+      </c>
+      <c r="N43" s="245" t="s">
+        <v>98</v>
+      </c>
+      <c r="O43" s="409" t="s">
+        <v>95</v>
+      </c>
+      <c r="P43" s="360" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q43" s="216"/>
+      <c r="R43" s="245"/>
+      <c r="S43" s="249" t="s">
+        <v>97</v>
+      </c>
+      <c r="T43"/>
+      <c r="X43"/>
+    </row>
+    <row r="44" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A44" s="232" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="293" t="s">
+        <v>101</v>
+      </c>
+      <c r="C44" s="237" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" s="301" t="s">
+        <v>86</v>
+      </c>
+      <c r="E44" s="275" t="s">
+        <v>102</v>
+      </c>
+      <c r="F44" s="403" t="s">
+        <v>103</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="269"/>
+      <c r="I44" s="507" t="s">
+        <v>100</v>
+      </c>
+      <c r="J44" s="314"/>
+      <c r="K44" s="507" t="s">
+        <v>100</v>
+      </c>
+      <c r="L44" s="396" t="s">
+        <v>104</v>
+      </c>
+      <c r="M44" s="427" t="s">
+        <v>86</v>
+      </c>
+      <c r="N44" s="245"/>
+      <c r="O44" s="363" t="s">
+        <v>102</v>
+      </c>
+      <c r="P44" s="466" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q44" s="216"/>
+      <c r="R44" s="245"/>
+      <c r="S44" s="244" t="s">
+        <v>100</v>
+      </c>
+      <c r="T44"/>
+      <c r="X44"/>
+    </row>
+    <row r="45" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A45" s="305"/>
+      <c r="B45" s="296">
+        <v>4</v>
+      </c>
+      <c r="C45" s="233">
+        <v>4</v>
+      </c>
+      <c r="D45" s="307">
+        <v>4</v>
+      </c>
+      <c r="E45" s="407" t="s">
+        <v>75</v>
+      </c>
+      <c r="F45" s="363"/>
+      <c r="G45" s="216"/>
+      <c r="H45" s="269"/>
+      <c r="I45" s="284"/>
+      <c r="K45" s="284"/>
+      <c r="L45" s="363" t="s">
+        <v>17</v>
+      </c>
+      <c r="M45" s="301">
+        <v>4</v>
+      </c>
+      <c r="N45" s="309"/>
+      <c r="O45" s="410" t="s">
+        <v>75</v>
+      </c>
+      <c r="P45" s="446">
+        <v>4</v>
+      </c>
+      <c r="Q45" s="216"/>
+      <c r="R45" s="245"/>
+      <c r="S45" s="310"/>
+      <c r="T45"/>
+      <c r="X45"/>
+    </row>
+    <row r="46" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A46" s="240" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="420"/>
+      <c r="C46" s="237"/>
+      <c r="D46" s="312"/>
+      <c r="E46" s="275"/>
+      <c r="F46" s="397"/>
+      <c r="G46" s="268"/>
+      <c r="H46" s="342"/>
+      <c r="I46" s="510" t="s">
+        <v>105</v>
+      </c>
+      <c r="J46" s="314"/>
+      <c r="K46" s="510" t="s">
+        <v>105</v>
+      </c>
+      <c r="L46" s="515"/>
+      <c r="M46" s="427"/>
+      <c r="N46" s="267"/>
+      <c r="O46" s="363"/>
+      <c r="P46" s="467"/>
+      <c r="Q46" s="268"/>
+      <c r="R46" s="267"/>
+      <c r="S46" s="249" t="s">
+        <v>105</v>
+      </c>
+      <c r="T46"/>
+      <c r="X46"/>
+    </row>
+    <row r="47" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="C47" s="315"/>
+      <c r="E47" s="316"/>
+      <c r="J47" s="314"/>
+      <c r="K47" s="314"/>
+      <c r="M47" s="315"/>
+      <c r="O47" s="316"/>
+      <c r="S47" s="314"/>
+      <c r="T47"/>
+      <c r="X47"/>
+    </row>
+    <row r="48" spans="1:24" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="317"/>
+      <c r="B48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="G48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="K48" s="317"/>
+      <c r="L48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="T48"/>
+      <c r="X48"/>
+    </row>
+    <row r="49" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="500" t="s">
+        <v>107</v>
+      </c>
+      <c r="G49" s="217"/>
+      <c r="H49" s="271"/>
+      <c r="I49" s="380" t="s">
+        <v>26</v>
+      </c>
+      <c r="K49" s="314"/>
+      <c r="L49" s="493" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q49" s="217"/>
+      <c r="R49" s="222"/>
+      <c r="S49" s="318" t="s">
+        <v>26</v>
+      </c>
+      <c r="T49"/>
+      <c r="X49"/>
+    </row>
+    <row r="50" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="261" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" s="216"/>
+      <c r="E50" s="216"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="216"/>
+      <c r="I50" s="284"/>
+      <c r="K50" s="314"/>
+      <c r="L50" s="256" t="s">
+        <v>108</v>
+      </c>
+      <c r="M50" s="216"/>
+      <c r="O50" s="216"/>
+      <c r="Q50" s="279"/>
+      <c r="R50" s="246"/>
+      <c r="S50" s="310"/>
+      <c r="T50"/>
+      <c r="X50"/>
+    </row>
+    <row r="51" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="261" t="s">
+        <v>109</v>
+      </c>
+      <c r="E51" s="319"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="216"/>
+      <c r="I51" s="284" t="s">
+        <v>110</v>
+      </c>
+      <c r="K51" s="314"/>
+      <c r="L51" s="256" t="s">
+        <v>109</v>
+      </c>
+      <c r="O51" s="319"/>
+      <c r="Q51" s="305"/>
+      <c r="R51" s="246"/>
+      <c r="S51" s="310" t="s">
+        <v>110</v>
+      </c>
+      <c r="T51"/>
+      <c r="X51"/>
+    </row>
+    <row r="52" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="501"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="319"/>
+      <c r="G52" s="305"/>
+      <c r="H52" s="216"/>
+      <c r="I52" s="522" t="s">
         <v>30</v>
       </c>
-      <c r="D36" s="268" t="s">
-[...15 lines deleted...]
-      <c r="L36" s="402" t="s">
+      <c r="K52" s="314"/>
+      <c r="L52" s="494"/>
+      <c r="N52" s="216"/>
+      <c r="O52" s="319"/>
+      <c r="Q52" s="305"/>
+      <c r="R52" s="246"/>
+      <c r="S52" s="318" t="s">
         <v>30</v>
       </c>
-      <c r="M36" s="216" t="s">
-[...594 lines deleted...]
-    <row r="53" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="T52"/>
+      <c r="X52"/>
+    </row>
+    <row r="53" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
-      <c r="B53" s="438" t="s">
-[...21 lines deleted...]
-    <row r="54" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="216"/>
+      <c r="I53" s="284"/>
+      <c r="K53" s="314"/>
+      <c r="M53" s="216"/>
+      <c r="N53" s="216"/>
+      <c r="O53" s="216"/>
+      <c r="Q53" s="279"/>
+      <c r="R53" s="246"/>
+      <c r="S53" s="310"/>
+      <c r="T53"/>
+      <c r="X53"/>
+    </row>
+    <row r="54" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
-      <c r="B54" s="439"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="216"/>
       <c r="D54" s="216"/>
-      <c r="E54" s="319"/>
-[...6 lines deleted...]
-      <c r="K54" s="439"/>
+      <c r="E54" s="216"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="216"/>
+      <c r="I54" s="284" t="s">
+        <v>33</v>
+      </c>
+      <c r="K54" s="314"/>
+      <c r="L54" s="216"/>
       <c r="M54" s="216"/>
-      <c r="N54" s="319"/>
-[...8 lines deleted...]
-    <row r="55" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="N54" s="216"/>
+      <c r="O54" s="216"/>
+      <c r="Q54" s="279"/>
+      <c r="R54" s="246"/>
+      <c r="S54" s="310" t="s">
+        <v>33</v>
+      </c>
+      <c r="T54"/>
+      <c r="X54"/>
+    </row>
+    <row r="55" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
-      <c r="C55" s="216"/>
-[...1 lines deleted...]
-      <c r="E55" s="216"/>
+      <c r="B55" s="216"/>
       <c r="G55" s="279"/>
-      <c r="H55" s="246"/>
-[...1 lines deleted...]
-      <c r="J55" s="314"/>
+      <c r="H55" s="216"/>
+      <c r="I55" s="522" t="s">
+        <v>35</v>
+      </c>
+      <c r="K55" s="314"/>
       <c r="L55" s="216"/>
-      <c r="M55" s="216"/>
-[...7 lines deleted...]
-    <row r="56" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="Q55" s="279"/>
+      <c r="R55" s="246"/>
+      <c r="S55" s="318" t="s">
+        <v>35</v>
+      </c>
+      <c r="T55"/>
+      <c r="X55"/>
+    </row>
+    <row r="56" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
-      <c r="C56" s="216"/>
-[...1 lines deleted...]
-      <c r="E56" s="216"/>
       <c r="G56" s="279"/>
-      <c r="H56" s="246"/>
-[...4 lines deleted...]
-      <c r="K56" s="216"/>
+      <c r="H56" s="216"/>
+      <c r="I56" s="284"/>
+      <c r="K56" s="314"/>
       <c r="L56" s="216"/>
-      <c r="M56" s="216"/>
-[...11 lines deleted...]
-      <c r="B57" s="216"/>
+      <c r="Q56" s="279"/>
+      <c r="R56" s="246"/>
+      <c r="S56" s="310"/>
+      <c r="T56"/>
+      <c r="X56"/>
+    </row>
+    <row r="57" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A57" s="320"/>
+      <c r="B57" s="320"/>
+      <c r="C57" s="320"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
       <c r="G57" s="279"/>
-      <c r="H57" s="246"/>
-[...15 lines deleted...]
-      <c r="B58" s="216"/>
+      <c r="H57" s="216"/>
+      <c r="I57" s="511" t="s">
+        <v>111</v>
+      </c>
+      <c r="J57" s="320"/>
+      <c r="K57" s="320"/>
+      <c r="L57" s="320"/>
+      <c r="M57" s="320"/>
+      <c r="N57" s="320"/>
+      <c r="O57" s="320"/>
+      <c r="P57" s="320"/>
+      <c r="Q57" s="279"/>
+      <c r="R57" s="246"/>
+      <c r="S57" s="321" t="s">
+        <v>111</v>
+      </c>
+      <c r="T57"/>
+      <c r="X57"/>
+    </row>
+    <row r="58" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
       <c r="G58" s="279"/>
-      <c r="H58" s="246"/>
-[...12 lines deleted...]
-      <c r="C59" s="320"/>
+      <c r="H58" s="216"/>
+      <c r="I58" s="523" t="s">
+        <v>40</v>
+      </c>
+      <c r="J58" s="320"/>
+      <c r="K58" s="322"/>
+      <c r="L58" s="323"/>
+      <c r="M58" s="323"/>
+      <c r="N58" s="320"/>
+      <c r="O58" s="320"/>
+      <c r="P58" s="320"/>
+      <c r="Q58" s="279"/>
+      <c r="R58" s="246"/>
+      <c r="S58" s="324" t="s">
+        <v>40</v>
+      </c>
+      <c r="T58"/>
+      <c r="X58"/>
+    </row>
+    <row r="59" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="279"/>
-      <c r="H59" s="246"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H59" s="216"/>
+      <c r="I59" s="523"/>
       <c r="J59" s="320"/>
-      <c r="K59" s="320"/>
-[...1 lines deleted...]
-      <c r="M59" s="320"/>
+      <c r="K59" s="322"/>
+      <c r="L59" s="323"/>
+      <c r="M59" s="323"/>
       <c r="N59" s="320"/>
       <c r="O59" s="320"/>
-      <c r="P59" s="279"/>
-[...7 lines deleted...]
-    <row r="60" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="P59" s="320"/>
+      <c r="Q59" s="279"/>
+      <c r="R59" s="246"/>
+      <c r="S59" s="324"/>
+      <c r="T59"/>
+      <c r="X59"/>
+    </row>
+    <row r="60" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
-      <c r="H60" s="246"/>
-      <c r="I60" s="324" t="s">
+      <c r="H60" s="216"/>
+      <c r="I60" s="523" t="s">
         <v>41</v>
       </c>
-      <c r="J60" s="322"/>
-      <c r="K60" s="323"/>
+      <c r="J60" s="320"/>
+      <c r="K60" s="322"/>
       <c r="L60" s="323"/>
-      <c r="M60" s="320"/>
+      <c r="M60" s="323"/>
       <c r="N60" s="320"/>
       <c r="O60" s="320"/>
-      <c r="P60" s="279"/>
-[...1 lines deleted...]
-      <c r="R60" s="324" t="s">
+      <c r="P60" s="320"/>
+      <c r="Q60" s="279"/>
+      <c r="R60" s="246"/>
+      <c r="S60" s="324" t="s">
         <v>41</v>
       </c>
-      <c r="S60"/>
-[...3 lines deleted...]
-      <c r="A61" s="322"/>
+      <c r="T60"/>
+      <c r="X60"/>
+    </row>
+    <row r="61" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
-      <c r="H61" s="246"/>
-[...1 lines deleted...]
-      <c r="J61" s="322"/>
+      <c r="H61" s="216"/>
+      <c r="I61" s="524" t="s">
+        <v>43</v>
+      </c>
+      <c r="J61" s="320"/>
       <c r="K61" s="323"/>
       <c r="L61" s="323"/>
-      <c r="M61" s="320"/>
+      <c r="M61" s="323"/>
       <c r="N61" s="320"/>
       <c r="O61" s="320"/>
-      <c r="P61" s="279"/>
-[...6 lines deleted...]
-      <c r="A62" s="322"/>
+      <c r="P61" s="320"/>
+      <c r="Q61" s="279"/>
+      <c r="R61" s="246"/>
+      <c r="S61" s="325" t="s">
+        <v>43</v>
+      </c>
+      <c r="T61"/>
+      <c r="X61"/>
+    </row>
+    <row r="62" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A62" s="323"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
-      <c r="H62" s="246"/>
-[...3 lines deleted...]
-      <c r="J62" s="322"/>
+      <c r="H62" s="216"/>
+      <c r="I62" s="523"/>
+      <c r="J62" s="320"/>
       <c r="K62" s="323"/>
       <c r="L62" s="323"/>
-      <c r="M62" s="320"/>
+      <c r="M62" s="323"/>
       <c r="N62" s="320"/>
       <c r="O62" s="320"/>
-      <c r="P62" s="279"/>
-[...8 lines deleted...]
-      <c r="A63" s="323"/>
+      <c r="P62" s="320"/>
+      <c r="Q62" s="279"/>
+      <c r="R62" s="246"/>
+      <c r="S62" s="326"/>
+      <c r="T62"/>
+      <c r="X62"/>
+    </row>
+    <row r="63" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
-      <c r="H63" s="246"/>
-      <c r="I63" s="325" t="s">
+      <c r="H63" s="216"/>
+      <c r="I63" s="511" t="s">
         <v>44</v>
       </c>
-      <c r="J63" s="323"/>
-      <c r="K63" s="323"/>
+      <c r="J63" s="320"/>
+      <c r="K63" s="322"/>
       <c r="L63" s="323"/>
-      <c r="M63" s="320"/>
+      <c r="M63" s="323"/>
       <c r="N63" s="320"/>
       <c r="O63" s="320"/>
-      <c r="P63" s="279"/>
-[...1 lines deleted...]
-      <c r="R63" s="325" t="s">
+      <c r="P63" s="320"/>
+      <c r="Q63" s="279"/>
+      <c r="R63" s="246"/>
+      <c r="S63" s="321" t="s">
         <v>44</v>
       </c>
-      <c r="S63"/>
-[...3 lines deleted...]
-      <c r="A64" s="323"/>
+      <c r="T63"/>
+      <c r="X63"/>
+    </row>
+    <row r="64" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
-      <c r="H64" s="246"/>
-[...2 lines deleted...]
-      <c r="K64" s="323"/>
+      <c r="H64" s="216"/>
+      <c r="I64" s="523" t="s">
+        <v>45</v>
+      </c>
+      <c r="J64" s="320"/>
+      <c r="K64" s="322"/>
       <c r="L64" s="323"/>
-      <c r="M64" s="320"/>
+      <c r="M64" s="323"/>
       <c r="N64" s="320"/>
       <c r="O64" s="320"/>
-      <c r="P64" s="279"/>
-[...5 lines deleted...]
-    <row r="65" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="P64" s="320"/>
+      <c r="Q64" s="279"/>
+      <c r="R64" s="246"/>
+      <c r="S64" s="324" t="s">
+        <v>45</v>
+      </c>
+      <c r="T64"/>
+      <c r="X64"/>
+    </row>
+    <row r="65" spans="1:24" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
-      <c r="H65" s="246"/>
-[...4 lines deleted...]
-      <c r="K65" s="323"/>
+      <c r="H65" s="216"/>
+      <c r="I65" s="525"/>
+      <c r="J65" s="320"/>
+      <c r="K65" s="322"/>
       <c r="L65" s="323"/>
-      <c r="M65" s="320"/>
+      <c r="M65" s="323"/>
       <c r="N65" s="320"/>
       <c r="O65" s="320"/>
-      <c r="P65" s="279"/>
-[...7 lines deleted...]
-    <row r="66" spans="1:23" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="P65" s="320"/>
+      <c r="Q65" s="279"/>
+      <c r="R65" s="246"/>
+      <c r="S65" s="324"/>
+      <c r="T65"/>
+      <c r="X65"/>
+    </row>
+    <row r="66" spans="1:24" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
-      <c r="G66" s="279"/>
-[...5 lines deleted...]
-      <c r="K66" s="323"/>
+      <c r="G66" s="313"/>
+      <c r="H66" s="327"/>
+      <c r="I66" s="327"/>
+      <c r="J66" s="321" t="s">
+        <v>49</v>
+      </c>
+      <c r="K66" s="322"/>
       <c r="L66" s="323"/>
-      <c r="M66" s="320"/>
+      <c r="M66" s="323"/>
       <c r="N66" s="320"/>
       <c r="O66" s="320"/>
-      <c r="P66" s="279"/>
-[...55 lines deleted...]
-    <row r="69" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+      <c r="P66" s="320"/>
+      <c r="Q66" s="313"/>
+      <c r="R66" s="327"/>
+      <c r="S66" s="321" t="s">
+        <v>49</v>
+      </c>
+      <c r="T66"/>
+      <c r="X66"/>
+    </row>
+    <row r="67" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="320"/>
+    </row>
+    <row r="68" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="320"/>
+    </row>
+    <row r="69" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
       <c r="A69" s="320"/>
     </row>
-    <row r="70" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
       <c r="A70" s="320"/>
     </row>
-    <row r="71" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
       <c r="A71" s="320"/>
     </row>
-    <row r="72" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
       <c r="A72" s="320"/>
     </row>
-    <row r="73" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
       <c r="A73" s="320"/>
     </row>
-    <row r="74" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="320"/>
     </row>
-    <row r="75" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:24" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="320"/>
     </row>
-    <row r="76" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A76" s="320"/>
     </row>
-    <row r="77" spans="1:23" hidden="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-    <row r="80" spans="1:23" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="77" spans="1:24" x14ac:dyDescent="0.2"/>
+    <row r="78" spans="1:24" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="79" spans="1:24" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" spans="1:24" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="81" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="82" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="83" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="84" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="85" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="86" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="87" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="88" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="89" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="91" x14ac:dyDescent="0.2"/>
+    <row r="89" x14ac:dyDescent="0.2"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8264EC06-7B46-4B0D-B5F4-400AC4CA30B7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5098F6FC-561A-49F8-ACBA-75CC89FF4692}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:H63"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="K40" sqref="K40"/>
+      <selection activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
-  <cols>
-[...1 lines deleted...]
-  </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
-[...28 lines deleted...]
-      <c r="A3" s="178" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A1" s="217" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="97" t="s">
+      <c r="B1" s="286" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="136" t="s">
+      <c r="C1" s="219" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="123" t="s">
+      <c r="D1" s="220" t="s">
         <v>5</v>
       </c>
-      <c r="E3" s="97" t="s">
+      <c r="E1" s="332" t="s">
         <v>6</v>
       </c>
-      <c r="F3" s="38" t="s">
+      <c r="F1" s="220" t="s">
         <v>7</v>
       </c>
-      <c r="G3" s="21" t="s">
+      <c r="G1" s="222" t="s">
         <v>8</v>
       </c>
-      <c r="H3" s="21" t="s">
+      <c r="H1" s="223" t="s">
         <v>9</v>
       </c>
-      <c r="I3" s="39" t="s">
-[...29 lines deleted...]
-      <c r="A5" s="168" t="s">
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A2" s="224"/>
+      <c r="B2" s="225">
+        <v>45964</v>
+      </c>
+      <c r="C2" s="226">
+        <v>45965</v>
+      </c>
+      <c r="D2" s="227">
+        <v>310</v>
+      </c>
+      <c r="E2" s="337">
+        <v>45967</v>
+      </c>
+      <c r="F2" s="227">
+        <v>45968</v>
+      </c>
+      <c r="G2" s="229">
+        <v>45969</v>
+      </c>
+      <c r="H2" s="230">
+        <v>45970</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A3" s="232" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="1"/>
-      <c r="D5" s="127" t="s">
+      <c r="B3" s="216"/>
+      <c r="C3" s="216"/>
+      <c r="D3" s="468" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="16"/>
-      <c r="F5" s="127" t="s">
+      <c r="E3" s="216"/>
+      <c r="F3" s="468" t="s">
         <v>11</v>
       </c>
-      <c r="G5" s="139" t="s">
+      <c r="G3" s="234" t="s">
         <v>12</v>
       </c>
-      <c r="H5" s="38"/>
-[...14 lines deleted...]
-      <c r="G6" s="140" t="s">
+      <c r="H3" s="235" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="236"/>
+      <c r="B4" s="216"/>
+      <c r="C4" s="216"/>
+      <c r="D4" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="216"/>
+      <c r="F4" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="238" t="s">
         <v>14</v>
       </c>
-      <c r="H6" s="16"/>
-[...3 lines deleted...]
-      <c r="A7" s="170" t="s">
+      <c r="H4" s="239" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="240" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="16"/>
-      <c r="D7" s="107" t="s">
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="470"/>
+      <c r="E5" s="216"/>
+      <c r="F5" s="470"/>
+      <c r="G5" s="238"/>
+      <c r="H5" s="242" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="16"/>
-      <c r="F7" s="107" t="s">
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="243"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="216"/>
+      <c r="E6" s="216"/>
+      <c r="F6" s="216"/>
+      <c r="G6" s="220" t="s">
+        <v>210</v>
+      </c>
+      <c r="H6" s="222" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="236"/>
+      <c r="B7" s="216"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="216"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="216"/>
+      <c r="G7" s="267" t="s">
+        <v>127</v>
+      </c>
+      <c r="H7" s="246"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="240" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="216"/>
+      <c r="C8" s="216"/>
+      <c r="D8" s="216"/>
+      <c r="E8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="248"/>
+      <c r="H8" s="246" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="232" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="216"/>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="245"/>
+      <c r="H9" s="246"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A10" s="236"/>
+      <c r="B10" s="250"/>
+      <c r="C10" s="216"/>
+      <c r="D10" s="216"/>
+      <c r="E10" s="216"/>
+      <c r="F10" s="216"/>
+      <c r="G10" s="399"/>
+      <c r="H10" s="246"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="240" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="250"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="216"/>
+      <c r="F11" s="216"/>
+      <c r="G11" s="392"/>
+      <c r="H11" s="246"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A12" s="232" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="216"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="399" t="s">
+        <v>211</v>
+      </c>
+      <c r="H12" s="222" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="236"/>
+      <c r="B13" s="216"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="245"/>
+      <c r="H13" s="246"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="240" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="216"/>
+      <c r="E14" s="216"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="248"/>
+      <c r="H14" s="246"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="232" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="248" t="s">
+        <v>117</v>
+      </c>
+      <c r="H15" s="246" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A16" s="236"/>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="248"/>
+      <c r="H16" s="246"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A17" s="240" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="392" t="s">
+        <v>142</v>
+      </c>
+      <c r="H17" s="246"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A18" s="232" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="216"/>
+      <c r="C18" s="216"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="216"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="392"/>
+      <c r="H18" s="246"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A19" s="236"/>
+      <c r="B19" s="216"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="216"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="245" t="s">
+        <v>203</v>
+      </c>
+      <c r="H19" s="257"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A20" s="240" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="216"/>
+      <c r="C20" s="216"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="216"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="245" t="s">
+        <v>212</v>
+      </c>
+      <c r="H20" s="259"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A21" s="232" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="248" t="s">
+        <v>144</v>
+      </c>
+      <c r="H21" s="401"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A22" s="236"/>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="216"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="248" t="s">
+        <v>213</v>
+      </c>
+      <c r="H22" s="401"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A23" s="240" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" s="243"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="216"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="245" t="s">
+        <v>214</v>
+      </c>
+      <c r="H23" s="401" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A24" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="C24" s="216"/>
+      <c r="D24" s="216"/>
+      <c r="E24" s="216"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="245" t="s">
+        <v>215</v>
+      </c>
+      <c r="H24" s="401"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A25" s="264"/>
+      <c r="B25" s="245" t="s">
+        <v>24</v>
+      </c>
+      <c r="C25" s="216"/>
+      <c r="D25" s="216"/>
+      <c r="E25" s="216"/>
+      <c r="F25" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G25" s="245"/>
+      <c r="H25" s="401"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A26" s="266" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" s="267"/>
+      <c r="C26" s="216"/>
+      <c r="D26" s="268"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" s="245"/>
+      <c r="H26" s="401"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A27" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="C27" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F27" s="216"/>
+      <c r="G27" s="245"/>
+      <c r="H27" s="221" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A28" s="264"/>
+      <c r="B28" s="243"/>
+      <c r="C28" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D28" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E28" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F28" s="473"/>
+      <c r="G28" s="245"/>
+      <c r="H28" s="357">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A29" s="266" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="243" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="276" t="s">
         <v>17</v>
       </c>
-      <c r="G7" s="140"/>
-[...73 lines deleted...]
-      <c r="G12" s="192" t="s">
+      <c r="D29" s="297"/>
+      <c r="E29" s="405" t="s">
+        <v>75</v>
+      </c>
+      <c r="F29" s="473"/>
+      <c r="G29" s="245"/>
+      <c r="H29" s="357" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A30" s="262" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="243"/>
+      <c r="C30" s="276"/>
+      <c r="D30" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E30" s="256"/>
+      <c r="F30" s="216"/>
+      <c r="G30" s="245"/>
+      <c r="H30" s="357">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A31" s="264"/>
+      <c r="B31" s="243"/>
+      <c r="C31" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D31" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E31" s="408" t="s">
+        <v>63</v>
+      </c>
+      <c r="F31" s="216"/>
+      <c r="G31" s="245"/>
+      <c r="H31" s="357" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A32" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="243"/>
+      <c r="C32" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" s="216" t="s">
+        <v>65</v>
+      </c>
+      <c r="E32" s="253" t="s">
         <v>15</v>
       </c>
-      <c r="H12" s="97" t="s">
-[...139 lines deleted...]
-      <c r="A22" s="169" t="s">
+      <c r="F32" s="216"/>
+      <c r="G32" s="245"/>
+      <c r="H32" s="357" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A33" s="262" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="283"/>
+      <c r="C33" s="440"/>
+      <c r="D33" s="220"/>
+      <c r="E33" s="444" t="s">
+        <v>77</v>
+      </c>
+      <c r="F33" s="477" t="s">
+        <v>69</v>
+      </c>
+      <c r="G33" s="245"/>
+      <c r="H33" s="221"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A34" s="264"/>
+      <c r="B34" s="243"/>
+      <c r="C34" s="441"/>
+      <c r="D34" s="245" t="s">
+        <v>206</v>
+      </c>
+      <c r="E34" s="288" t="s">
+        <v>70</v>
+      </c>
+      <c r="F34" s="269" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" s="245"/>
+      <c r="H34" s="357"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A35" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="448" t="s">
+        <v>73</v>
+      </c>
+      <c r="C35" s="442" t="s">
+        <v>207</v>
+      </c>
+      <c r="D35" s="248"/>
+      <c r="E35" s="495" t="s">
+        <v>217</v>
+      </c>
+      <c r="F35" s="274"/>
+      <c r="G35" s="245"/>
+      <c r="H35" s="357"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A36" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="449" t="s">
+        <v>57</v>
+      </c>
+      <c r="C36" s="277" t="s">
+        <v>79</v>
+      </c>
+      <c r="D36" s="245" t="s">
+        <v>218</v>
+      </c>
+      <c r="E36" s="290" t="s">
+        <v>75</v>
+      </c>
+      <c r="F36" s="269"/>
+      <c r="G36" s="245"/>
+      <c r="H36" s="357" t="s">
         <v>42</v>
       </c>
-      <c r="B22" s="16"/>
-[...186 lines deleted...]
-      <c r="E32" s="130" t="s">
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A37" s="264"/>
+      <c r="B37" s="388" t="s">
+        <v>25</v>
+      </c>
+      <c r="C37" s="474"/>
+      <c r="D37" s="245"/>
+      <c r="E37" s="445" t="s">
+        <v>81</v>
+      </c>
+      <c r="F37" s="220"/>
+      <c r="G37" s="357"/>
+      <c r="H37" s="357"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A38" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B38" s="451" t="s">
+        <v>84</v>
+      </c>
+      <c r="C38" s="274" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" s="245" t="s">
+        <v>219</v>
+      </c>
+      <c r="E38" s="301" t="s">
+        <v>86</v>
+      </c>
+      <c r="F38" s="245" t="s">
+        <v>148</v>
+      </c>
+      <c r="G38" s="475"/>
+      <c r="H38" s="357" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A39" s="262" t="s">
+        <v>89</v>
+      </c>
+      <c r="B39" s="304" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="274">
+        <v>4</v>
+      </c>
+      <c r="D39" s="245"/>
+      <c r="E39" s="427">
+        <v>4</v>
+      </c>
+      <c r="F39" s="245">
+        <v>1</v>
+      </c>
+      <c r="G39" s="216"/>
+      <c r="H39" s="220"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A40" s="264"/>
+      <c r="B40" s="452" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="269" t="s">
+        <v>220</v>
+      </c>
+      <c r="D40" s="245" t="s">
+        <v>98</v>
+      </c>
+      <c r="E40" s="427"/>
+      <c r="F40" s="248" t="s">
+        <v>193</v>
+      </c>
+      <c r="G40" s="216"/>
+      <c r="H40" s="245"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A41" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B41" s="421" t="s">
+        <v>94</v>
+      </c>
+      <c r="C41" s="274">
+        <v>1</v>
+      </c>
+      <c r="D41" s="245"/>
+      <c r="E41" s="457" t="s">
+        <v>95</v>
+      </c>
+      <c r="F41" s="248">
+        <v>4</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="245"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A42" s="232" t="s">
+        <v>100</v>
+      </c>
+      <c r="B42" s="293" t="s">
+        <v>101</v>
+      </c>
+      <c r="C42" s="274" t="s">
+        <v>142</v>
+      </c>
+      <c r="D42" s="245"/>
+      <c r="E42" s="453" t="s">
+        <v>102</v>
+      </c>
+      <c r="F42" s="476" t="s">
+        <v>142</v>
+      </c>
+      <c r="G42" s="216"/>
+      <c r="H42" s="245"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A43" s="305"/>
+      <c r="B43" s="296">
+        <v>4</v>
+      </c>
+      <c r="C43" s="269"/>
+      <c r="D43" s="309"/>
+      <c r="E43" s="458" t="s">
+        <v>75</v>
+      </c>
+      <c r="F43" s="248" t="s">
+        <v>221</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="245"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A44" s="240" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44" s="420"/>
+      <c r="C44" s="274" t="s">
         <v>201</v>
       </c>
-      <c r="F32" s="16"/>
-[...263 lines deleted...]
-      <c r="I47" s="14"/>
+      <c r="D44" s="267"/>
+      <c r="E44" s="453"/>
+      <c r="F44" s="267"/>
+      <c r="G44" s="268"/>
+      <c r="H44" s="267"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A45" s="314"/>
+      <c r="B45" s="215"/>
+      <c r="C45" s="287"/>
+      <c r="D45" s="215"/>
+      <c r="E45" s="316"/>
+      <c r="F45" s="215"/>
+      <c r="G45" s="215"/>
+      <c r="H45" s="215"/>
+    </row>
+    <row r="46" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="317"/>
+      <c r="B46" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C46" s="215"/>
+      <c r="D46" s="215"/>
+      <c r="E46" s="215"/>
+      <c r="F46" s="215"/>
+      <c r="G46" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H46" s="215"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="B47" s="437" t="s">
+        <v>192</v>
+      </c>
+      <c r="C47" s="215"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="215"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="217"/>
+      <c r="H47" s="222"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A48" s="314"/>
+      <c r="B48" s="438" t="s">
+        <v>108</v>
+      </c>
+      <c r="C48" s="216"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="216"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="279"/>
+      <c r="H48" s="246"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="438" t="s">
+        <v>109</v>
+      </c>
+      <c r="C49" s="215"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="319"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="305"/>
+      <c r="H49" s="246"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="439"/>
+      <c r="C50" s="215"/>
+      <c r="D50" s="216"/>
+      <c r="E50" s="319"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="305"/>
+      <c r="H50" s="246"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="215"/>
+      <c r="C51" s="216"/>
+      <c r="D51" s="216"/>
+      <c r="E51" s="216"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="279"/>
+      <c r="H51" s="246"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="216"/>
+      <c r="C52" s="216"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="216"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="279"/>
+      <c r="H52" s="246"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="216"/>
+      <c r="C53" s="215"/>
+      <c r="D53" s="215"/>
+      <c r="E53" s="215"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="246"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="215"/>
+      <c r="D54" s="215"/>
+      <c r="E54" s="215"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="246"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A55" s="320"/>
+      <c r="B55" s="320"/>
+      <c r="C55" s="320"/>
+      <c r="D55" s="320"/>
+      <c r="E55" s="320"/>
+      <c r="F55" s="320"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="246"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A56" s="322"/>
+      <c r="B56" s="323"/>
+      <c r="C56" s="323"/>
+      <c r="D56" s="320"/>
+      <c r="E56" s="320"/>
+      <c r="F56" s="320"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="246"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A57" s="322"/>
+      <c r="B57" s="323"/>
+      <c r="C57" s="323"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="246"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="246"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A59" s="323"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="246"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A60" s="323"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="246"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A61" s="322"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="246"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A62" s="322"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="246"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="246"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{937176DF-F095-430B-9F8D-0CDBB4BDCF7D}">
-[...3552 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA8D7118-F3D9-45C9-A8E4-7889EB97C83E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:I68"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="F8" sqref="F8"/>
+    <sheetView topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="G38" sqref="G38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="215"/>
       <c r="B2" s="215"/>
       <c r="C2" s="215"/>
       <c r="D2" s="215"/>
       <c r="E2" s="215"/>
       <c r="F2" s="215"/>
       <c r="G2" s="215"/>
       <c r="H2" s="215"/>
       <c r="I2" s="215"/>
     </row>
     <row r="3" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A3" s="435" t="s">
-        <v>112</v>
+        <v>222</v>
       </c>
       <c r="B3" s="436"/>
       <c r="C3" s="212"/>
       <c r="D3" s="212" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="213"/>
       <c r="F3" s="214">
         <v>2025</v>
       </c>
       <c r="G3" s="212"/>
       <c r="H3" s="215"/>
       <c r="I3" s="215"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A4" s="216"/>
       <c r="B4" s="216"/>
       <c r="C4" s="215"/>
       <c r="D4" s="216"/>
       <c r="E4" s="215"/>
       <c r="F4" s="215"/>
       <c r="G4" s="216"/>
       <c r="H4" s="215"/>
       <c r="I4" s="215"/>
     </row>
@@ -10154,1136 +7434,1154 @@
       </c>
       <c r="C5" s="219" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="220" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="332" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="220" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="222" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="223" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="217" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" s="224"/>
-      <c r="B6" s="225">
+      <c r="B6" s="488">
         <v>45957</v>
       </c>
-      <c r="C6" s="226">
+      <c r="C6" s="489">
         <v>45958</v>
       </c>
-      <c r="D6" s="227">
+      <c r="D6" s="476">
         <v>303</v>
       </c>
       <c r="E6" s="337">
         <v>45960</v>
       </c>
       <c r="F6" s="227">
         <v>45961</v>
       </c>
       <c r="G6" s="229">
         <v>45962</v>
       </c>
       <c r="H6" s="230">
         <v>45963</v>
       </c>
       <c r="I6" s="231"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A7" s="232" t="s">
+      <c r="A7" s="262" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="216"/>
-[...1 lines deleted...]
-      <c r="D7" s="479" t="s">
+      <c r="B7" s="484"/>
+      <c r="C7" s="380"/>
+      <c r="D7" s="490" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="216"/>
-      <c r="F7" s="479" t="s">
+      <c r="F7" s="468" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="234" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="235" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A8" s="236"/>
-[...2 lines deleted...]
-      <c r="D8" s="480" t="s">
+      <c r="A8" s="264"/>
+      <c r="B8" s="485"/>
+      <c r="C8" s="284"/>
+      <c r="D8" s="491" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="216"/>
-      <c r="F8" s="480" t="s">
+      <c r="F8" s="469" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="238" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="239" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="236"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A9" s="240" t="s">
+      <c r="A9" s="266" t="s">
         <v>16</v>
       </c>
-      <c r="B9" s="216"/>
-[...1 lines deleted...]
-      <c r="D9" s="481"/>
+      <c r="B9" s="485"/>
+      <c r="C9" s="284"/>
+      <c r="D9" s="492"/>
       <c r="E9" s="216"/>
-      <c r="F9" s="481"/>
+      <c r="F9" s="470"/>
       <c r="G9" s="238"/>
       <c r="H9" s="242" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I9" s="240" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A10" s="232" t="s">
-[...4 lines deleted...]
-      <c r="D10" s="216"/>
+      <c r="A10" s="262" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="485" t="s">
+        <v>223</v>
+      </c>
+      <c r="C10" s="284" t="s">
+        <v>223</v>
+      </c>
+      <c r="D10" s="372" t="s">
+        <v>223</v>
+      </c>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
       <c r="G10" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" s="222" t="s">
         <v>20</v>
       </c>
-      <c r="H10" s="222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" s="244" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A11" s="236"/>
-[...2 lines deleted...]
-      <c r="D11" s="216"/>
+      <c r="A11" s="264"/>
+      <c r="B11" s="485"/>
+      <c r="C11" s="284"/>
+      <c r="D11" s="372"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
       <c r="G11" s="245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H11" s="246"/>
       <c r="I11" s="247"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A12" s="240" t="s">
-[...4 lines deleted...]
-      <c r="D12" s="216"/>
+      <c r="A12" s="266" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="485"/>
+      <c r="C12" s="284"/>
+      <c r="D12" s="372"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
       <c r="G12" s="248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H12" s="246" t="s">
+        <v>24</v>
+      </c>
+      <c r="I12" s="249" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="262" t="s">
         <v>26</v>
       </c>
-      <c r="H12" s="246" t="s">
-[...12 lines deleted...]
-      <c r="D13" s="216"/>
+      <c r="B13" s="485" t="s">
+        <v>224</v>
+      </c>
+      <c r="C13" s="284" t="s">
+        <v>224</v>
+      </c>
+      <c r="D13" s="372" t="s">
+        <v>224</v>
+      </c>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
       <c r="G13" s="245"/>
       <c r="H13" s="246"/>
       <c r="I13" s="244" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A14" s="236"/>
-[...2 lines deleted...]
-      <c r="D14" s="216"/>
+      <c r="A14" s="264"/>
+      <c r="B14" s="486" t="s">
+        <v>225</v>
+      </c>
+      <c r="C14" s="284" t="s">
+        <v>225</v>
+      </c>
+      <c r="D14" s="372" t="s">
+        <v>225</v>
+      </c>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
       <c r="G14" s="429" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H14" s="246"/>
       <c r="I14" s="247"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A15" s="240" t="s">
-[...4 lines deleted...]
-      <c r="D15" s="216"/>
+      <c r="A15" s="266" t="s">
+        <v>28</v>
+      </c>
+      <c r="B15" s="486"/>
+      <c r="C15" s="284"/>
+      <c r="D15" s="372"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
       <c r="G15" s="392" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H15" s="246"/>
       <c r="I15" s="249" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A16" s="232" t="s">
-[...4 lines deleted...]
-      <c r="D16" s="216"/>
+      <c r="A16" s="262" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="485"/>
+      <c r="C16" s="284"/>
+      <c r="D16" s="372"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
       <c r="G16" s="399"/>
       <c r="H16" s="222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I16" s="244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A17" s="236"/>
-[...2 lines deleted...]
-      <c r="D17" s="216"/>
+      <c r="A17" s="264"/>
+      <c r="B17" s="485"/>
+      <c r="C17" s="284"/>
+      <c r="D17" s="372"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
       <c r="G17" s="408" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H17" s="246"/>
       <c r="I17" s="247"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A18" s="240" t="s">
-[...4 lines deleted...]
-      <c r="D18" s="216"/>
+      <c r="A18" s="266" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="485"/>
+      <c r="C18" s="284"/>
+      <c r="D18" s="372"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
       <c r="G18" s="253" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="246"/>
       <c r="I18" s="249" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A19" s="232" t="s">
-[...4 lines deleted...]
-      <c r="D19" s="216"/>
+      <c r="A19" s="262" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="485"/>
+      <c r="C19" s="284"/>
+      <c r="D19" s="372"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
       <c r="G19" s="253" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H19" s="246" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="244" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A20" s="236"/>
-[...2 lines deleted...]
-      <c r="D20" s="216"/>
+      <c r="A20" s="264"/>
+      <c r="B20" s="485"/>
+      <c r="C20" s="284"/>
+      <c r="D20" s="372"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
       <c r="G20" s="432"/>
       <c r="H20" s="246"/>
       <c r="I20" s="247"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A21" s="240" t="s">
-[...4 lines deleted...]
-      <c r="D21" s="216"/>
+      <c r="A21" s="266" t="s">
+        <v>39</v>
+      </c>
+      <c r="B21" s="485"/>
+      <c r="C21" s="284"/>
+      <c r="D21" s="372"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
       <c r="G21" s="392"/>
       <c r="H21" s="246"/>
       <c r="I21" s="249" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="262" t="s">
         <v>40</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D22" s="216"/>
+      <c r="B22" s="485"/>
+      <c r="C22" s="284"/>
+      <c r="D22" s="372"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
       <c r="G22" s="392" t="s">
-        <v>113</v>
+        <v>170</v>
       </c>
       <c r="H22" s="246"/>
       <c r="I22" s="244" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A23" s="236"/>
-[...2 lines deleted...]
-      <c r="D23" s="216"/>
+      <c r="A23" s="264"/>
+      <c r="B23" s="485"/>
+      <c r="C23" s="284"/>
+      <c r="D23" s="372"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
-      <c r="G23" s="245"/>
+      <c r="G23" s="245">
+        <v>4</v>
+      </c>
       <c r="H23" s="257"/>
       <c r="I23" s="247"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A24" s="240" t="s">
-[...4 lines deleted...]
-      <c r="D24" s="216"/>
+      <c r="A24" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="B24" s="485"/>
+      <c r="C24" s="284"/>
+      <c r="D24" s="372"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
       <c r="G24" s="245" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
       <c r="H24" s="259"/>
       <c r="I24" s="249" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A25" s="232" t="s">
-[...4 lines deleted...]
-      <c r="D25" s="216"/>
+      <c r="A25" s="262" t="s">
+        <v>43</v>
+      </c>
+      <c r="B25" s="485"/>
+      <c r="C25" s="284"/>
+      <c r="D25" s="372"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
       <c r="G25" s="248">
         <v>1</v>
       </c>
       <c r="H25" s="401"/>
       <c r="I25" s="244" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A26" s="236"/>
-[...2 lines deleted...]
-      <c r="D26" s="216"/>
+      <c r="A26" s="264"/>
+      <c r="B26" s="485"/>
+      <c r="C26" s="284"/>
+      <c r="D26" s="372"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
       <c r="G26" s="248" t="s">
-        <v>115</v>
+        <v>226</v>
       </c>
       <c r="H26" s="401"/>
       <c r="I26" s="247"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A27" s="240" t="s">
-[...4 lines deleted...]
-      <c r="D27" s="216"/>
+      <c r="A27" s="266" t="s">
+        <v>44</v>
+      </c>
+      <c r="B27" s="487"/>
+      <c r="C27" s="287"/>
+      <c r="D27" s="373"/>
       <c r="E27" s="216"/>
       <c r="F27" s="216"/>
       <c r="G27" s="245" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="H27" s="401" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I27" s="249" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B28" s="245" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C28" s="216"/>
       <c r="D28" s="216"/>
       <c r="E28" s="216"/>
       <c r="F28" s="216"/>
       <c r="G28" s="220" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H28" s="401"/>
       <c r="I28" s="244" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="264"/>
       <c r="B29" s="245" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C29" s="216"/>
       <c r="D29" s="216"/>
       <c r="E29" s="216"/>
       <c r="F29" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G29" s="245" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="H29" s="401"/>
       <c r="I29" s="247"/>
     </row>
-    <row r="30" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="266" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B30" s="267"/>
       <c r="C30" s="216"/>
       <c r="D30" s="268"/>
       <c r="E30" s="216"/>
       <c r="F30" s="269" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="267"/>
       <c r="H30" s="401"/>
       <c r="I30" s="249" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" s="243" t="s">
         <v>51</v>
       </c>
-      <c r="B31" s="243" t="s">
+      <c r="C31" s="260" t="s">
         <v>52</v>
       </c>
-      <c r="C31" s="260" t="s">
+      <c r="D31" s="332" t="s">
         <v>53</v>
       </c>
-      <c r="D31" s="332" t="s">
+      <c r="E31" s="335" t="s">
         <v>54</v>
       </c>
-      <c r="E31" s="335" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="357"/>
-      <c r="G31" s="216"/>
+      <c r="G31" s="216" t="s">
+        <v>52</v>
+      </c>
       <c r="H31" s="220"/>
       <c r="I31" s="244" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="264"/>
       <c r="B32" s="243"/>
       <c r="C32" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D32" s="216" t="s">
         <v>56</v>
       </c>
-      <c r="D32" s="216" t="s">
+      <c r="E32" s="256" t="s">
         <v>57</v>
       </c>
-      <c r="E32" s="256" t="s">
+      <c r="F32" s="356"/>
+      <c r="G32" s="216" t="s">
+        <v>227</v>
+      </c>
+      <c r="H32" s="245"/>
+      <c r="I32" s="247"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="266" t="s">
         <v>58</v>
-      </c>
-[...9 lines deleted...]
-        <v>59</v>
       </c>
       <c r="B33" s="243" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="276" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D33" s="297"/>
       <c r="E33" s="405" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F33" s="356"/>
-      <c r="G33" s="216"/>
+      <c r="G33" s="216" t="s">
+        <v>228</v>
+      </c>
       <c r="H33" s="245"/>
       <c r="I33" s="249" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B34" s="243"/>
       <c r="C34" s="276"/>
       <c r="D34" s="216" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E34" s="256"/>
       <c r="F34" s="357"/>
-      <c r="G34" s="216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G34" s="216"/>
       <c r="H34" s="245" t="s">
-        <v>291</v>
+        <v>42</v>
       </c>
       <c r="I34" s="244" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="264"/>
       <c r="B35" s="243"/>
       <c r="C35" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E35" s="408" t="s">
         <v>63</v>
       </c>
-      <c r="D35" s="216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="357"/>
-      <c r="G35" s="216"/>
+      <c r="G35" s="216" t="s">
+        <v>229</v>
+      </c>
       <c r="H35" s="245"/>
       <c r="I35" s="247"/>
     </row>
-    <row r="36" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="266" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B36" s="243"/>
       <c r="C36" s="402" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D36" s="268" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E36" s="253" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="357"/>
       <c r="G36" s="216"/>
-      <c r="H36" s="245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H36" s="245"/>
       <c r="I36" s="249" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="262" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B37" s="283"/>
       <c r="C37" s="418"/>
       <c r="D37" s="285" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" s="428" t="s">
         <v>68</v>
       </c>
-      <c r="E37" s="428" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="433" t="s">
-        <v>71</v>
+        <v>205</v>
       </c>
       <c r="G37" s="219"/>
-      <c r="H37" s="245"/>
+      <c r="H37" s="220"/>
       <c r="I37" s="244" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="264"/>
       <c r="B38" s="243"/>
       <c r="C38" s="426"/>
       <c r="D38" s="288" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E38" s="423" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F38" s="386" t="s">
-        <v>117</v>
+        <v>230</v>
       </c>
       <c r="G38" s="269"/>
       <c r="H38" s="245"/>
       <c r="I38" s="247"/>
     </row>
-    <row r="39" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B39" s="448" t="s">
+        <v>73</v>
+      </c>
+      <c r="C39" s="406" t="s">
         <v>74</v>
       </c>
-      <c r="B39" s="448" t="s">
+      <c r="D39" s="290" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="424" t="s">
+        <v>29</v>
+      </c>
+      <c r="F39" s="434" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G39" s="269"/>
       <c r="H39" s="245"/>
       <c r="I39" s="249" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" s="449" t="s">
+        <v>231</v>
+      </c>
+      <c r="C40" s="258" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D40" s="288"/>
       <c r="E40" s="422"/>
       <c r="F40" s="386"/>
       <c r="G40" s="269" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="H40" s="267"/>
+        <v>42</v>
+      </c>
+      <c r="H40" s="245" t="s">
+        <v>42</v>
+      </c>
       <c r="I40" s="244" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="264"/>
       <c r="B41" s="450" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C41" s="258" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D41" s="332" t="s">
+        <v>80</v>
+      </c>
+      <c r="E41" s="451" t="s">
         <v>81</v>
       </c>
-      <c r="E41" s="295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="295" t="s">
-        <v>119</v>
+        <v>232</v>
       </c>
       <c r="G41" s="269"/>
       <c r="H41" s="245"/>
       <c r="I41" s="247"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B42" s="451" t="s">
         <v>84</v>
       </c>
-      <c r="B42" s="451" t="s">
+      <c r="C42" s="419" t="s">
+        <v>81</v>
+      </c>
+      <c r="D42" s="216" t="s">
         <v>85</v>
       </c>
-      <c r="C42" s="419" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="216" t="s">
+      <c r="E42" s="270" t="s">
+        <v>102</v>
+      </c>
+      <c r="F42" s="298" t="s">
         <v>86</v>
       </c>
-      <c r="E42" s="233" t="s">
+      <c r="G42" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H42" s="245" t="s">
+        <v>128</v>
+      </c>
+      <c r="I42" s="249" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="262" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B43" s="304" t="s">
         <v>102</v>
       </c>
       <c r="C43" s="275" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D43" s="216">
         <v>3</v>
       </c>
-      <c r="E43" s="237">
-        <v>4</v>
+      <c r="E43" s="407" t="s">
+        <v>77</v>
       </c>
       <c r="F43" s="233">
         <v>4</v>
       </c>
       <c r="G43" s="216"/>
       <c r="H43" s="220"/>
       <c r="I43" s="244" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="264"/>
       <c r="B44" s="452" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C44" s="270" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D44" s="297"/>
-      <c r="E44" s="343"/>
+      <c r="E44" s="308"/>
       <c r="F44" s="237"/>
       <c r="G44" s="216"/>
       <c r="H44" s="245"/>
       <c r="I44" s="247"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="421" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="421" t="s">
+      <c r="C45" s="333" t="s">
         <v>95</v>
       </c>
-      <c r="C45" s="333" t="s">
+      <c r="D45" s="301" t="s">
+        <v>94</v>
+      </c>
+      <c r="E45" s="254"/>
+      <c r="F45" s="409" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G45" s="216"/>
       <c r="H45" s="245"/>
       <c r="I45" s="249" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="232" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="293" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C46" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D46" s="301" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="E46" s="248"/>
       <c r="F46" s="403" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G46" s="216"/>
       <c r="H46" s="245"/>
       <c r="I46" s="244" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="305"/>
       <c r="B47" s="296">
         <v>4</v>
       </c>
       <c r="C47" s="233">
         <v>4</v>
       </c>
       <c r="D47" s="307">
         <v>4</v>
       </c>
-      <c r="E47" s="407" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="334"/>
       <c r="F47" s="363" t="s">
-        <v>120</v>
+        <v>233</v>
       </c>
       <c r="G47" s="216"/>
       <c r="H47" s="245"/>
       <c r="I47" s="310"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="240" t="s">
         <v>105</v>
       </c>
       <c r="B48" s="420"/>
       <c r="C48" s="237"/>
       <c r="D48" s="312"/>
-      <c r="E48" s="275"/>
+      <c r="E48" s="248"/>
       <c r="F48" s="397"/>
       <c r="G48" s="268"/>
       <c r="H48" s="267"/>
       <c r="I48" s="249" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="314"/>
       <c r="B49" s="215"/>
       <c r="C49" s="315"/>
       <c r="D49" s="215"/>
-      <c r="E49" s="316"/>
+      <c r="E49" s="287"/>
       <c r="F49" s="215"/>
       <c r="G49" s="215"/>
       <c r="H49" s="215"/>
       <c r="I49" s="314"/>
     </row>
     <row r="50" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="317"/>
       <c r="B50" s="317" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="215"/>
       <c r="D50" s="215"/>
       <c r="E50" s="215"/>
       <c r="F50" s="215"/>
       <c r="G50" s="317" t="s">
         <v>106</v>
       </c>
       <c r="H50" s="215"/>
       <c r="I50" s="215"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A51" s="314"/>
       <c r="B51" s="437" t="s">
-        <v>107</v>
+        <v>192</v>
       </c>
       <c r="C51" s="215"/>
       <c r="D51" s="215"/>
       <c r="E51" s="215"/>
       <c r="F51" s="215"/>
       <c r="G51" s="217"/>
       <c r="H51" s="222"/>
       <c r="I51" s="318" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A52" s="314"/>
       <c r="B52" s="438" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="216"/>
       <c r="D52" s="215"/>
       <c r="E52" s="216"/>
       <c r="F52" s="215"/>
       <c r="G52" s="279"/>
       <c r="H52" s="246"/>
       <c r="I52" s="310"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
       <c r="B53" s="438" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="215"/>
       <c r="D53" s="215"/>
       <c r="E53" s="319"/>
       <c r="F53" s="215"/>
       <c r="G53" s="305"/>
       <c r="H53" s="246"/>
       <c r="I53" s="310" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
       <c r="B54" s="439"/>
       <c r="C54" s="215"/>
       <c r="D54" s="216"/>
       <c r="E54" s="319"/>
       <c r="F54" s="215"/>
       <c r="G54" s="305"/>
       <c r="H54" s="246"/>
       <c r="I54" s="318" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
       <c r="B55" s="215"/>
       <c r="C55" s="216"/>
       <c r="D55" s="216"/>
       <c r="E55" s="216"/>
       <c r="F55" s="215"/>
       <c r="G55" s="279"/>
       <c r="H55" s="246"/>
       <c r="I55" s="310"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
       <c r="C56" s="216"/>
       <c r="D56" s="216"/>
       <c r="E56" s="216"/>
       <c r="F56" s="215"/>
       <c r="G56" s="279"/>
       <c r="H56" s="246"/>
       <c r="I56" s="310" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A57" s="314"/>
       <c r="B57" s="216"/>
       <c r="C57" s="215"/>
       <c r="D57" s="215"/>
       <c r="E57" s="215"/>
       <c r="F57" s="215"/>
       <c r="G57" s="279"/>
       <c r="H57" s="246"/>
       <c r="I57" s="318" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A58" s="314"/>
       <c r="B58" s="216"/>
       <c r="C58" s="215"/>
       <c r="D58" s="215"/>
       <c r="E58" s="215"/>
       <c r="F58" s="215"/>
       <c r="G58" s="279"/>
       <c r="H58" s="246"/>
       <c r="I58" s="310"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A59" s="320"/>
       <c r="B59" s="320"/>
       <c r="C59" s="320"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="279"/>
       <c r="H59" s="246"/>
       <c r="I59" s="321" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
       <c r="H60" s="246"/>
       <c r="I60" s="324" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A61" s="322"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
       <c r="H61" s="246"/>
       <c r="I61" s="324"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A62" s="322"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
       <c r="H62" s="246"/>
       <c r="I62" s="324" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A63" s="323"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
       <c r="H63" s="246"/>
       <c r="I63" s="325" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A64" s="323"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
       <c r="H64" s="246"/>
       <c r="I64" s="326"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
       <c r="H65" s="246"/>
       <c r="I65" s="321" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
       <c r="G66" s="279"/>
       <c r="H66" s="246"/>
       <c r="I66" s="324" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A67" s="322"/>
       <c r="B67" s="323"/>
       <c r="C67" s="323"/>
       <c r="D67" s="320"/>
       <c r="E67" s="320"/>
       <c r="F67" s="320"/>
       <c r="G67" s="279"/>
       <c r="H67" s="246"/>
       <c r="I67" s="324"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A68" s="322"/>
       <c r="B68" s="323"/>
       <c r="C68" s="323"/>
       <c r="D68" s="320"/>
       <c r="E68" s="320"/>
       <c r="F68" s="320"/>
       <c r="G68" s="313"/>
       <c r="H68" s="327"/>
       <c r="I68" s="321" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B04BA3D0-9CF5-4AE9-8CEE-65C0270AEBAC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I67"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+      <selection activeCell="E45" sqref="E45"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="8" max="8" width="11.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1" s="215"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="215"/>
     </row>
     <row r="3" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A3" s="435" t="s">
-        <v>121</v>
+        <v>234</v>
       </c>
       <c r="B3" s="436"/>
       <c r="C3" s="212"/>
       <c r="D3" s="212" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="213"/>
       <c r="F3" s="214">
         <v>2025</v>
       </c>
       <c r="G3" s="212"/>
       <c r="H3" s="215"/>
       <c r="I3" s="215"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A4" s="216"/>
       <c r="B4" s="216"/>
       <c r="C4" s="215"/>
       <c r="D4" s="216"/>
       <c r="E4" s="215"/>
       <c r="F4" s="215"/>
       <c r="G4" s="216"/>
       <c r="H4" s="215"/>
       <c r="I4" s="215"/>
     </row>
@@ -11325,1108 +8623,1092 @@
         <v>45951</v>
       </c>
       <c r="D6" s="227">
         <v>296</v>
       </c>
       <c r="E6" s="337">
         <v>45953</v>
       </c>
       <c r="F6" s="227">
         <v>45954</v>
       </c>
       <c r="G6" s="229">
         <v>45955</v>
       </c>
       <c r="H6" s="230">
         <v>45956</v>
       </c>
       <c r="I6" s="231"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A7" s="232" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="216"/>
       <c r="C7" s="216"/>
-      <c r="D7" s="479" t="s">
+      <c r="D7" s="468" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="216"/>
-      <c r="F7" s="479" t="s">
+      <c r="F7" s="468" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="234" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="235" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="236"/>
       <c r="B8" s="216"/>
       <c r="C8" s="216"/>
-      <c r="D8" s="480" t="s">
-        <v>13</v>
+      <c r="D8" s="469" t="s">
+        <v>235</v>
       </c>
       <c r="E8" s="216"/>
-      <c r="F8" s="480" t="s">
+      <c r="F8" s="469" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="238" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="239" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="236"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A9" s="240" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="216"/>
       <c r="C9" s="216"/>
-      <c r="D9" s="481"/>
+      <c r="D9" s="470"/>
       <c r="E9" s="216"/>
-      <c r="F9" s="481"/>
+      <c r="F9" s="470"/>
       <c r="G9" s="238"/>
       <c r="H9" s="242" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I9" s="240" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="232" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B10" s="243"/>
       <c r="C10" s="216"/>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
       <c r="G10" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" s="222" t="s">
         <v>20</v>
       </c>
-      <c r="H10" s="222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" s="244" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" s="236"/>
       <c r="B11" s="216"/>
       <c r="C11" s="216"/>
       <c r="D11" s="216"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
       <c r="G11" s="245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H11" s="246"/>
       <c r="I11" s="247"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" s="240" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B12" s="216"/>
       <c r="C12" s="216"/>
       <c r="D12" s="216"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
       <c r="G12" s="248" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H12" s="246" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I12" s="249" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" s="232" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B13" s="216"/>
       <c r="C13" s="216"/>
       <c r="D13" s="216"/>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
       <c r="G13" s="245"/>
       <c r="H13" s="246"/>
       <c r="I13" s="244" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="236"/>
       <c r="B14" s="250"/>
       <c r="C14" s="216"/>
       <c r="D14" s="216"/>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
       <c r="G14" s="429" t="s">
-        <v>122</v>
+        <v>194</v>
       </c>
       <c r="H14" s="246"/>
       <c r="I14" s="247"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="240" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B15" s="250"/>
       <c r="C15" s="216"/>
       <c r="D15" s="216"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
       <c r="G15" s="392"/>
       <c r="H15" s="246"/>
       <c r="I15" s="249" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" s="232" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B16" s="216"/>
       <c r="C16" s="216"/>
       <c r="D16" s="216"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
       <c r="G16" s="399" t="s">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="H16" s="222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I16" s="244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="236"/>
       <c r="B17" s="216"/>
       <c r="C17" s="216"/>
       <c r="D17" s="216"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
-      <c r="G17" s="392"/>
+      <c r="G17" s="392" t="s">
+        <v>236</v>
+      </c>
       <c r="H17" s="246"/>
       <c r="I17" s="247"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="240" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B18" s="216"/>
       <c r="C18" s="216"/>
       <c r="D18" s="216"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
       <c r="G18" s="399" t="s">
-        <v>124</v>
+        <v>237</v>
       </c>
       <c r="H18" s="246"/>
       <c r="I18" s="249" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="232" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B19" s="216"/>
       <c r="C19" s="216"/>
       <c r="D19" s="216"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
       <c r="G19" s="399"/>
       <c r="H19" s="246" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="244" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="236"/>
       <c r="B20" s="216"/>
       <c r="C20" s="216"/>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
       <c r="G20" s="464"/>
       <c r="H20" s="246"/>
       <c r="I20" s="247"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="240" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B21" s="216"/>
       <c r="C21" s="216"/>
       <c r="D21" s="216"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
       <c r="G21" s="392"/>
       <c r="H21" s="246"/>
       <c r="I21" s="249" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="232" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B22" s="216"/>
       <c r="C22" s="216"/>
       <c r="D22" s="216"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
-      <c r="G22" s="392"/>
+      <c r="G22" s="392" t="s">
+        <v>170</v>
+      </c>
       <c r="H22" s="246"/>
       <c r="I22" s="244" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="236"/>
       <c r="B23" s="216"/>
       <c r="C23" s="216"/>
       <c r="D23" s="216"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
-      <c r="G23" s="245"/>
+      <c r="G23" s="245">
+        <v>4</v>
+      </c>
       <c r="H23" s="257"/>
       <c r="I23" s="247"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="240" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B24" s="216"/>
       <c r="C24" s="216"/>
       <c r="D24" s="216"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
       <c r="G24" s="245" t="s">
         <v>106</v>
       </c>
       <c r="H24" s="259"/>
       <c r="I24" s="249" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="232" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B25" s="216"/>
       <c r="C25" s="216"/>
       <c r="D25" s="216"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
       <c r="G25" s="248">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H25" s="401" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="I25" s="244" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="236"/>
       <c r="B26" s="216"/>
       <c r="C26" s="216"/>
       <c r="D26" s="216"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
       <c r="G26" s="248" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="H26" s="401">
         <v>4</v>
       </c>
       <c r="I26" s="247"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="240" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B27" s="243"/>
       <c r="C27" s="216"/>
       <c r="D27" s="216"/>
       <c r="E27" s="216"/>
       <c r="F27" s="216"/>
       <c r="G27" s="245" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="H27" s="401" t="s">
-        <v>127</v>
+        <v>200</v>
       </c>
       <c r="I27" s="249" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B28" s="220" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C28" s="216"/>
       <c r="D28" s="216"/>
       <c r="E28" s="216"/>
       <c r="F28" s="216"/>
       <c r="G28" s="220" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H28" s="401">
         <v>2</v>
       </c>
       <c r="I28" s="244" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="264"/>
       <c r="B29" s="245" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C29" s="216"/>
       <c r="D29" s="216"/>
       <c r="E29" s="216"/>
       <c r="F29" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G29" s="245" t="s">
         <v>48</v>
       </c>
-      <c r="G29" s="245" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="401" t="s">
-        <v>128</v>
+        <v>238</v>
       </c>
       <c r="I29" s="247"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="266" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B30" s="267"/>
       <c r="C30" s="216"/>
       <c r="D30" s="268"/>
       <c r="E30" s="216"/>
       <c r="F30" s="269" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="267"/>
       <c r="H30" s="401"/>
       <c r="I30" s="249" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" s="243" t="s">
         <v>51</v>
       </c>
-      <c r="B31" s="243" t="s">
+      <c r="C31" s="260" t="s">
         <v>52</v>
       </c>
-      <c r="C31" s="260" t="s">
+      <c r="D31" s="332" t="s">
         <v>53</v>
       </c>
-      <c r="D31" s="332" t="s">
+      <c r="E31" s="335" t="s">
         <v>54</v>
       </c>
-      <c r="E31" s="335" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="357"/>
-      <c r="G31" s="216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G31" s="216"/>
       <c r="H31" s="220" t="s">
-        <v>130</v>
+        <v>187</v>
       </c>
       <c r="I31" s="244" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="264"/>
       <c r="B32" s="243"/>
       <c r="C32" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D32" s="216" t="s">
         <v>56</v>
       </c>
-      <c r="D32" s="216" t="s">
+      <c r="E32" s="256" t="s">
         <v>57</v>
       </c>
-      <c r="E32" s="256" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="356"/>
-      <c r="G32" s="216">
-[...1 lines deleted...]
-      </c>
+      <c r="G32" s="216"/>
       <c r="H32" s="245">
         <v>1</v>
       </c>
       <c r="I32" s="247"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="266" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" s="243" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="276" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D33" s="297"/>
       <c r="E33" s="405" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F33" s="356"/>
-      <c r="G33" s="216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="216"/>
       <c r="H33" s="245" t="s">
-        <v>127</v>
+        <v>200</v>
       </c>
       <c r="I33" s="249" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B34" s="243"/>
       <c r="C34" s="276"/>
       <c r="D34" s="216" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E34" s="256"/>
       <c r="F34" s="357"/>
-      <c r="G34" s="216">
-[...1 lines deleted...]
-      </c>
+      <c r="G34" s="216"/>
       <c r="H34" s="245">
         <v>3</v>
       </c>
       <c r="I34" s="244" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="264"/>
       <c r="B35" s="243"/>
       <c r="C35" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E35" s="408" t="s">
         <v>63</v>
       </c>
-      <c r="D35" s="216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="357"/>
-      <c r="G35" s="216" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G35" s="216"/>
       <c r="H35" s="245" t="s">
-        <v>133</v>
+        <v>239</v>
       </c>
       <c r="I35" s="247"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="266" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B36" s="243"/>
       <c r="C36" s="402" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D36" s="216" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E36" s="253" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="357"/>
       <c r="G36" s="216"/>
       <c r="H36" s="245"/>
       <c r="I36" s="249" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="262" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B37" s="283"/>
       <c r="C37" s="440"/>
       <c r="D37" s="260" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" s="456" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F37" s="254"/>
       <c r="G37" s="332"/>
       <c r="H37" s="220"/>
       <c r="I37" s="244" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="264"/>
       <c r="B38" s="243"/>
       <c r="C38" s="460"/>
       <c r="D38" s="261" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E38" s="431" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F38" s="245"/>
       <c r="G38" s="216"/>
       <c r="H38" s="245"/>
       <c r="I38" s="247"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="266" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B39" s="465" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C39" s="461"/>
       <c r="D39" s="263" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E39" s="425" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F39" s="245" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G39" s="216"/>
       <c r="H39" s="245"/>
       <c r="I39" s="249" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="262" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B40" s="340" t="s">
-        <v>134</v>
+        <v>240</v>
       </c>
       <c r="C40" s="274" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="D40" s="265"/>
       <c r="E40" s="430"/>
       <c r="F40" s="245"/>
       <c r="G40" s="216" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H40" s="245" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I40" s="244" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="264"/>
       <c r="B41" s="388" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C41" s="248">
         <v>1</v>
       </c>
       <c r="D41" s="357" t="s">
+        <v>80</v>
+      </c>
+      <c r="E41" s="445" t="s">
         <v>81</v>
       </c>
-      <c r="E41" s="445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="245" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="G41" s="216"/>
       <c r="H41" s="245"/>
       <c r="I41" s="247"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B42" s="451" t="s">
         <v>84</v>
       </c>
-      <c r="B42" s="451" t="s">
+      <c r="C42" s="248" t="s">
+        <v>241</v>
+      </c>
+      <c r="D42" s="357" t="s">
         <v>85</v>
       </c>
-      <c r="C42" s="248" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="357" t="s">
+      <c r="E42" s="301" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F42" s="245"/>
       <c r="G42" s="297" t="s">
-        <v>88</v>
+        <v>128</v>
       </c>
       <c r="H42" s="245" t="s">
-        <v>88</v>
+        <v>128</v>
       </c>
       <c r="I42" s="249" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="262" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B43" s="304" t="s">
         <v>104</v>
       </c>
       <c r="C43" s="248">
         <v>4</v>
       </c>
       <c r="D43" s="357">
         <v>3</v>
       </c>
       <c r="E43" s="427">
         <v>4</v>
       </c>
       <c r="F43" s="245" t="s">
-        <v>137</v>
+        <v>242</v>
       </c>
       <c r="G43" s="216"/>
       <c r="H43" s="220"/>
       <c r="I43" s="244" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="264"/>
       <c r="B44" s="452" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C44" s="245" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="D44" s="357"/>
       <c r="E44" s="427"/>
       <c r="F44" s="245"/>
       <c r="G44" s="216"/>
       <c r="H44" s="245"/>
       <c r="I44" s="247"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="421" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="421" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="255" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="D45" s="459" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E45" s="477"/>
       <c r="F45" s="245" t="s">
-        <v>139</v>
+        <v>98</v>
       </c>
       <c r="G45" s="216"/>
       <c r="H45" s="245"/>
       <c r="I45" s="249" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="232" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="293" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="C46" s="274"/>
       <c r="D46" s="233" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="E46" s="473"/>
       <c r="F46" s="245"/>
       <c r="G46" s="216"/>
       <c r="H46" s="245"/>
       <c r="I46" s="244" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="305"/>
       <c r="B47" s="296">
         <v>4</v>
       </c>
-      <c r="C47" s="343" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C47" s="274"/>
       <c r="D47" s="454">
         <v>4</v>
       </c>
-      <c r="E47" s="458" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="478"/>
       <c r="F47" s="245"/>
       <c r="G47" s="216"/>
       <c r="H47" s="245"/>
       <c r="I47" s="310"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="240" t="s">
         <v>105</v>
       </c>
       <c r="B48" s="420"/>
-      <c r="C48" s="343">
-[...1 lines deleted...]
-      </c>
+      <c r="C48" s="274"/>
       <c r="D48" s="455"/>
-      <c r="E48" s="453"/>
+      <c r="E48" s="473"/>
       <c r="F48" s="267"/>
       <c r="G48" s="268"/>
       <c r="H48" s="267"/>
       <c r="I48" s="249" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="314"/>
       <c r="B49" s="215"/>
-      <c r="C49" s="315"/>
+      <c r="C49" s="287"/>
       <c r="D49" s="215"/>
-      <c r="E49" s="316"/>
+      <c r="E49" s="287"/>
       <c r="F49" s="215"/>
       <c r="G49" s="215"/>
       <c r="H49" s="215"/>
       <c r="I49" s="314"/>
     </row>
     <row r="50" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="317"/>
       <c r="B50" s="317" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="215"/>
       <c r="D50" s="215"/>
       <c r="E50" s="215"/>
       <c r="F50" s="215"/>
       <c r="G50" s="317" t="s">
         <v>106</v>
       </c>
       <c r="H50" s="215"/>
       <c r="I50" s="215"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A51" s="314"/>
-      <c r="B51" s="469" t="s">
-        <v>107</v>
+      <c r="B51" s="471" t="s">
+        <v>192</v>
       </c>
       <c r="C51" s="215"/>
       <c r="D51" s="215"/>
       <c r="E51" s="215"/>
       <c r="F51" s="215"/>
       <c r="G51" s="217"/>
       <c r="H51" s="222"/>
       <c r="I51" s="318" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A52" s="314"/>
-      <c r="B52" s="470" t="s">
+      <c r="B52" s="582" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="216"/>
       <c r="D52" s="215"/>
       <c r="E52" s="216"/>
       <c r="F52" s="215"/>
       <c r="G52" s="279"/>
       <c r="H52" s="246"/>
       <c r="I52" s="310"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
-      <c r="B53" s="470" t="s">
+      <c r="B53" s="582" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="215"/>
       <c r="D53" s="215"/>
       <c r="E53" s="319"/>
       <c r="F53" s="215"/>
       <c r="G53" s="305"/>
       <c r="H53" s="246"/>
       <c r="I53" s="310" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
-      <c r="B54" s="468"/>
+      <c r="B54" s="472"/>
       <c r="C54" s="215"/>
       <c r="D54" s="216"/>
       <c r="E54" s="319"/>
       <c r="F54" s="215"/>
       <c r="G54" s="305"/>
       <c r="H54" s="246"/>
       <c r="I54" s="318" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
       <c r="B55" s="215"/>
       <c r="C55" s="216"/>
       <c r="D55" s="216"/>
       <c r="E55" s="216"/>
       <c r="F55" s="215"/>
       <c r="G55" s="243"/>
       <c r="H55" s="220" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="I55" s="310"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
       <c r="C56" s="216"/>
       <c r="D56" s="216"/>
       <c r="E56" s="216"/>
       <c r="F56" s="215"/>
       <c r="G56" s="243"/>
       <c r="H56" s="245"/>
       <c r="I56" s="310" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A57" s="314"/>
       <c r="B57" s="216"/>
       <c r="C57" s="215"/>
       <c r="D57" s="215"/>
       <c r="E57" s="215"/>
       <c r="F57" s="215"/>
       <c r="G57" s="243"/>
       <c r="H57" s="245" t="s">
-        <v>141</v>
+        <v>243</v>
       </c>
       <c r="I57" s="318" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A58" s="314"/>
       <c r="B58" s="216"/>
       <c r="C58" s="215"/>
       <c r="D58" s="215"/>
       <c r="E58" s="215"/>
       <c r="F58" s="215"/>
       <c r="G58" s="243"/>
       <c r="H58" s="245" t="s">
-        <v>142</v>
+        <v>244</v>
       </c>
       <c r="I58" s="310"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A59" s="320"/>
       <c r="B59" s="320"/>
       <c r="C59" s="320"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="243"/>
       <c r="H59" s="267"/>
       <c r="I59" s="321" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
       <c r="H60" s="246"/>
       <c r="I60" s="324" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A61" s="322"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
       <c r="H61" s="246"/>
       <c r="I61" s="324"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A62" s="322"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
       <c r="H62" s="246"/>
       <c r="I62" s="324" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A63" s="323"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
       <c r="H63" s="246"/>
       <c r="I63" s="325" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A64" s="323"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
       <c r="H64" s="246"/>
       <c r="I64" s="326"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
       <c r="H65" s="246"/>
       <c r="I65" s="321" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
       <c r="G66" s="279"/>
       <c r="H66" s="246"/>
       <c r="I66" s="324" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A67" s="322"/>
       <c r="B67" s="323"/>
       <c r="C67" s="323"/>
       <c r="D67" s="320"/>
       <c r="E67" s="320"/>
       <c r="F67" s="320"/>
       <c r="G67" s="279"/>
       <c r="H67" s="246"/>
       <c r="I67" s="324"/>
     </row>
   </sheetData>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8A06468-A80D-4394-BDE0-6544EB5520EA}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:I68"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F8" sqref="F8"/>
+      <selection activeCell="H7" sqref="H7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="215"/>
       <c r="B2" s="215"/>
       <c r="C2" s="215"/>
       <c r="D2" s="215"/>
       <c r="E2" s="215"/>
       <c r="F2" s="215"/>
       <c r="G2" s="215"/>
       <c r="H2" s="215"/>
       <c r="I2" s="215"/>
     </row>
     <row r="3" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A3" s="435" t="s">
-        <v>143</v>
+        <v>245</v>
       </c>
       <c r="B3" s="436"/>
       <c r="C3" s="212"/>
       <c r="D3" s="212" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="213"/>
       <c r="F3" s="214">
         <v>2025</v>
       </c>
       <c r="G3" s="212"/>
       <c r="H3" s="215"/>
       <c r="I3" s="215"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A4" s="216"/>
       <c r="B4" s="216"/>
       <c r="C4" s="215"/>
       <c r="D4" s="216"/>
       <c r="E4" s="215"/>
       <c r="F4" s="215"/>
       <c r="G4" s="216"/>
       <c r="H4" s="215"/>
       <c r="I4" s="215"/>
     </row>
@@ -12458,1134 +9740,1130 @@
       <c r="I5" s="217" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" s="224"/>
       <c r="B6" s="225">
         <v>45943</v>
       </c>
       <c r="C6" s="226">
         <v>45944</v>
       </c>
       <c r="D6" s="227">
         <v>289</v>
       </c>
       <c r="E6" s="337">
         <v>45946</v>
       </c>
       <c r="F6" s="227">
         <v>45947</v>
       </c>
       <c r="G6" s="229">
         <v>45948</v>
       </c>
       <c r="H6" s="230">
-        <v>19</v>
+        <v>45949</v>
       </c>
       <c r="I6" s="231"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A7" s="232" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="216"/>
       <c r="C7" s="216"/>
-      <c r="D7" s="479" t="s">
+      <c r="D7" s="468" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="216"/>
-      <c r="F7" s="479" t="s">
+      <c r="F7" s="468" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="234" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="235" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="236"/>
       <c r="B8" s="216"/>
       <c r="C8" s="216"/>
-      <c r="D8" s="480" t="s">
+      <c r="D8" s="469" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="216"/>
-      <c r="F8" s="480" t="s">
+      <c r="F8" s="469" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="238" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="239" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="236"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A9" s="240" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="216"/>
       <c r="C9" s="216"/>
-      <c r="D9" s="481"/>
+      <c r="D9" s="470"/>
       <c r="E9" s="216"/>
-      <c r="F9" s="481"/>
+      <c r="F9" s="470"/>
       <c r="G9" s="238"/>
       <c r="H9" s="242" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I9" s="240" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="232" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B10" s="243"/>
       <c r="C10" s="216"/>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
       <c r="G10" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" s="222" t="s">
         <v>20</v>
       </c>
-      <c r="H10" s="222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I10" s="244" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" s="236"/>
       <c r="B11" s="216"/>
       <c r="C11" s="216"/>
       <c r="D11" s="216"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
       <c r="G11" s="245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H11" s="246"/>
       <c r="I11" s="247"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" s="240" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B12" s="216"/>
       <c r="C12" s="216"/>
       <c r="D12" s="216"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
       <c r="G12" s="248" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" s="246" t="s">
         <v>24</v>
       </c>
-      <c r="H12" s="246" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I12" s="249" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" s="232" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B13" s="216"/>
       <c r="C13" s="216"/>
       <c r="D13" s="216"/>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
       <c r="G13" s="245"/>
       <c r="H13" s="246"/>
       <c r="I13" s="244" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="236"/>
       <c r="B14" s="250"/>
       <c r="C14" s="216"/>
       <c r="D14" s="216"/>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
       <c r="G14" s="429" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H14" s="246"/>
       <c r="I14" s="247"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="240" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B15" s="250"/>
       <c r="C15" s="216"/>
       <c r="D15" s="216"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
       <c r="G15" s="392" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H15" s="246"/>
       <c r="I15" s="249" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" s="232" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B16" s="216"/>
       <c r="C16" s="216"/>
       <c r="D16" s="216"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
       <c r="G16" s="399"/>
       <c r="H16" s="222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I16" s="244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="236"/>
       <c r="B17" s="216"/>
       <c r="C17" s="216"/>
       <c r="D17" s="216"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
       <c r="G17" s="408" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H17" s="246"/>
       <c r="I17" s="247"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="240" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B18" s="216"/>
       <c r="C18" s="216"/>
       <c r="D18" s="216"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
       <c r="G18" s="253" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="246"/>
       <c r="I18" s="249" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="232" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B19" s="216"/>
       <c r="C19" s="216"/>
       <c r="D19" s="216"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
       <c r="G19" s="253" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H19" s="246" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="244" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="236"/>
       <c r="B20" s="216"/>
       <c r="C20" s="216"/>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
       <c r="G20" s="432"/>
       <c r="H20" s="246"/>
       <c r="I20" s="247"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="240" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B21" s="216"/>
       <c r="C21" s="216"/>
       <c r="D21" s="216"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
       <c r="G21" s="392"/>
       <c r="H21" s="246"/>
       <c r="I21" s="249" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="232" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B22" s="216"/>
       <c r="C22" s="216"/>
       <c r="D22" s="216"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
       <c r="G22" s="392" t="s">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="H22" s="246"/>
       <c r="I22" s="244" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="236"/>
       <c r="B23" s="216"/>
       <c r="C23" s="216"/>
       <c r="D23" s="216"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
       <c r="G23" s="245">
         <v>1</v>
       </c>
       <c r="H23" s="257"/>
       <c r="I23" s="247"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="240" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B24" s="216"/>
       <c r="C24" s="216"/>
       <c r="D24" s="216"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
       <c r="G24" s="245" t="s">
-        <v>145</v>
+        <v>246</v>
       </c>
       <c r="H24" s="259"/>
       <c r="I24" s="249" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="232" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B25" s="216"/>
       <c r="C25" s="216"/>
       <c r="D25" s="216"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
       <c r="G25" s="248">
         <v>4</v>
       </c>
       <c r="H25" s="401" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="I25" s="244" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="236"/>
       <c r="B26" s="216"/>
       <c r="C26" s="216"/>
       <c r="D26" s="216"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
       <c r="G26" s="248" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="H26" s="401">
         <v>1</v>
       </c>
       <c r="I26" s="247"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="240" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B27" s="243"/>
       <c r="C27" s="216"/>
       <c r="D27" s="216"/>
       <c r="E27" s="216"/>
       <c r="F27" s="216"/>
       <c r="G27" s="245" t="s">
-        <v>146</v>
+        <v>247</v>
       </c>
       <c r="H27" s="401" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="I27" s="249" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B28" s="220" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C28" s="216"/>
       <c r="D28" s="216"/>
       <c r="E28" s="216"/>
       <c r="F28" s="216"/>
       <c r="G28" s="220" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H28" s="401">
         <v>4</v>
       </c>
       <c r="I28" s="244" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="264"/>
       <c r="B29" s="245" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C29" s="216"/>
       <c r="D29" s="216"/>
       <c r="E29" s="216"/>
       <c r="F29" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G29" s="245" t="s">
         <v>48</v>
       </c>
-      <c r="G29" s="245" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="401" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="I29" s="247"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="266" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B30" s="267"/>
       <c r="C30" s="216"/>
       <c r="D30" s="268"/>
       <c r="E30" s="216"/>
       <c r="F30" s="269" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="267"/>
       <c r="H30" s="401" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="I30" s="249" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" s="243" t="s">
         <v>51</v>
       </c>
-      <c r="B31" s="243" t="s">
+      <c r="C31" s="260" t="s">
         <v>52</v>
       </c>
-      <c r="C31" s="260" t="s">
+      <c r="D31" s="332" t="s">
         <v>53</v>
       </c>
-      <c r="D31" s="332" t="s">
+      <c r="E31" s="335" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F31" s="357"/>
       <c r="G31" s="216"/>
       <c r="H31" s="220"/>
       <c r="I31" s="244" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="264"/>
       <c r="B32" s="243"/>
       <c r="C32" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D32" s="216" t="s">
         <v>56</v>
       </c>
-      <c r="D32" s="216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="256" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F32" s="356"/>
       <c r="G32" s="216"/>
       <c r="H32" s="245" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I32" s="247"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="266" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B33" s="243" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="276" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D33" s="297"/>
       <c r="E33" s="405" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F33" s="356"/>
       <c r="G33" s="216"/>
       <c r="H33" s="245"/>
       <c r="I33" s="249" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B34" s="243"/>
       <c r="C34" s="276"/>
       <c r="D34" s="216" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E34" s="256"/>
       <c r="F34" s="357"/>
       <c r="G34" s="216" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H34" s="245" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I34" s="244" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="264"/>
       <c r="B35" s="243"/>
       <c r="C35" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E35" s="408" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F35" s="357"/>
       <c r="G35" s="216"/>
       <c r="H35" s="245"/>
       <c r="I35" s="247"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="266" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B36" s="243"/>
       <c r="C36" s="402" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D36" s="268" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E36" s="253" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="357"/>
       <c r="G36" s="216"/>
       <c r="H36" s="245" t="s">
-        <v>149</v>
+        <v>248</v>
       </c>
       <c r="I36" s="249" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="262" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B37" s="283"/>
       <c r="C37" s="418"/>
       <c r="D37" s="285" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" s="428" t="s">
         <v>68</v>
       </c>
-      <c r="E37" s="428" t="s">
+      <c r="F37" s="433" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G37" s="219"/>
       <c r="H37" s="245"/>
       <c r="I37" s="244" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="264"/>
       <c r="B38" s="243"/>
       <c r="C38" s="426"/>
       <c r="D38" s="288" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E38" s="423" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F38" s="386" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="G38" s="269"/>
       <c r="H38" s="245" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="I38" s="247"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="266" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B39" s="448" t="s">
+        <v>73</v>
+      </c>
+      <c r="C39" s="406" t="s">
+        <v>207</v>
+      </c>
+      <c r="D39" s="290" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="424" t="s">
+        <v>29</v>
+      </c>
+      <c r="F39" s="434" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G39" s="269"/>
       <c r="H39" s="245"/>
       <c r="I39" s="249" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" s="449" t="s">
+        <v>57</v>
+      </c>
+      <c r="C40" s="258" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D40" s="288"/>
       <c r="E40" s="422"/>
       <c r="F40" s="386"/>
       <c r="G40" s="269" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H40" s="245"/>
       <c r="I40" s="244" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="264"/>
       <c r="B41" s="450" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C41" s="258" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D41" s="332" t="s">
+        <v>80</v>
+      </c>
+      <c r="E41" s="419" t="s">
         <v>81</v>
       </c>
-      <c r="E41" s="295" t="s">
+      <c r="F41" s="295" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G41" s="269"/>
       <c r="H41" s="245"/>
       <c r="I41" s="247"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B42" s="451" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C42" s="254"/>
       <c r="D42" s="216" t="s">
+        <v>85</v>
+      </c>
+      <c r="E42" s="275" t="s">
+        <v>102</v>
+      </c>
+      <c r="F42" s="298" t="s">
         <v>86</v>
       </c>
-      <c r="E42" s="233" t="s">
+      <c r="G42" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H42" s="267" t="s">
+        <v>128</v>
+      </c>
+      <c r="I42" s="249" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="262" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B43" s="304" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C43" s="248" t="s">
-        <v>113</v>
+        <v>170</v>
       </c>
       <c r="D43" s="216">
         <v>3</v>
       </c>
-      <c r="E43" s="237">
-        <v>4</v>
+      <c r="E43" s="407" t="s">
+        <v>77</v>
       </c>
       <c r="F43" s="233">
         <v>4</v>
       </c>
       <c r="G43" s="216"/>
       <c r="H43" s="245"/>
       <c r="I43" s="244" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="264"/>
       <c r="B44" s="452" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C44" s="245"/>
       <c r="D44" s="297"/>
-      <c r="E44" s="343"/>
+      <c r="E44" s="275"/>
       <c r="F44" s="237"/>
       <c r="G44" s="216"/>
       <c r="H44" s="245"/>
       <c r="I44" s="247"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="421" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="421" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="245" t="s">
-        <v>137</v>
+        <v>242</v>
       </c>
       <c r="D45" s="301" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E45" s="380"/>
       <c r="F45" s="409" t="s">
-        <v>97</v>
+        <v>249</v>
       </c>
       <c r="G45" s="216"/>
       <c r="H45" s="245"/>
       <c r="I45" s="249" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="232" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="293" t="s">
         <v>101</v>
       </c>
       <c r="C46" s="248">
         <v>1</v>
       </c>
       <c r="D46" s="301" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>86</v>
+      </c>
+      <c r="E46" s="248" t="s">
+        <v>250</v>
       </c>
       <c r="F46" s="403" t="s">
         <v>103</v>
       </c>
       <c r="G46" s="216"/>
       <c r="H46" s="245"/>
       <c r="I46" s="244" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="305"/>
       <c r="B47" s="296">
         <v>4</v>
       </c>
       <c r="C47" s="245"/>
       <c r="D47" s="307">
         <v>4</v>
       </c>
-      <c r="E47" s="407" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="334"/>
       <c r="F47" s="363" t="s">
-        <v>77</v>
+        <v>195</v>
       </c>
       <c r="G47" s="216"/>
       <c r="H47" s="245"/>
       <c r="I47" s="310"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="240" t="s">
         <v>105</v>
       </c>
       <c r="B48" s="420"/>
       <c r="C48" s="248" t="s">
-        <v>152</v>
+        <v>201</v>
       </c>
       <c r="D48" s="312"/>
-      <c r="E48" s="275"/>
+      <c r="E48" s="248"/>
       <c r="F48" s="397"/>
       <c r="G48" s="268"/>
       <c r="H48" s="267"/>
       <c r="I48" s="249" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="314"/>
       <c r="B49" s="215"/>
       <c r="C49" s="287"/>
       <c r="D49" s="215"/>
-      <c r="E49" s="316"/>
+      <c r="E49" s="287"/>
       <c r="F49" s="215"/>
       <c r="G49" s="215"/>
       <c r="H49" s="215"/>
       <c r="I49" s="314"/>
     </row>
     <row r="50" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="317"/>
       <c r="B50" s="317" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="215"/>
       <c r="D50" s="215"/>
       <c r="E50" s="215"/>
       <c r="F50" s="215"/>
       <c r="G50" s="317" t="s">
         <v>106</v>
       </c>
       <c r="H50" s="215"/>
       <c r="I50" s="215"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A51" s="314"/>
       <c r="B51" s="437" t="s">
-        <v>107</v>
+        <v>192</v>
       </c>
       <c r="C51" s="215"/>
       <c r="D51" s="215"/>
       <c r="E51" s="215"/>
       <c r="F51" s="215"/>
       <c r="G51" s="217"/>
       <c r="H51" s="222"/>
       <c r="I51" s="318" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A52" s="314"/>
       <c r="B52" s="438" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="216"/>
       <c r="D52" s="215"/>
       <c r="E52" s="216"/>
       <c r="F52" s="215"/>
       <c r="G52" s="279"/>
       <c r="H52" s="246"/>
       <c r="I52" s="310"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
       <c r="B53" s="438" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="215"/>
       <c r="D53" s="215"/>
       <c r="E53" s="319"/>
       <c r="F53" s="215"/>
       <c r="G53" s="305"/>
       <c r="H53" s="246"/>
       <c r="I53" s="310" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
       <c r="B54" s="439"/>
       <c r="C54" s="215"/>
       <c r="D54" s="216"/>
       <c r="E54" s="319"/>
       <c r="F54" s="215"/>
       <c r="G54" s="305"/>
       <c r="H54" s="246"/>
       <c r="I54" s="318" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
       <c r="B55" s="215"/>
       <c r="C55" s="216"/>
       <c r="D55" s="216"/>
       <c r="E55" s="216"/>
       <c r="F55" s="215"/>
       <c r="G55" s="279"/>
       <c r="H55" s="246"/>
       <c r="I55" s="310"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
       <c r="C56" s="216"/>
       <c r="D56" s="216"/>
       <c r="E56" s="216"/>
       <c r="F56" s="215"/>
       <c r="G56" s="279"/>
       <c r="H56" s="246"/>
       <c r="I56" s="310" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A57" s="314"/>
       <c r="B57" s="216"/>
       <c r="C57" s="215"/>
       <c r="D57" s="215"/>
       <c r="E57" s="215"/>
       <c r="F57" s="215"/>
       <c r="G57" s="279"/>
       <c r="H57" s="246"/>
       <c r="I57" s="318" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A58" s="314"/>
       <c r="B58" s="216"/>
       <c r="C58" s="215"/>
       <c r="D58" s="215"/>
       <c r="E58" s="215"/>
       <c r="F58" s="215"/>
       <c r="G58" s="279"/>
       <c r="H58" s="246"/>
       <c r="I58" s="310"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A59" s="320"/>
       <c r="B59" s="320"/>
       <c r="C59" s="320"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="279"/>
       <c r="H59" s="246"/>
       <c r="I59" s="321" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
       <c r="H60" s="246"/>
       <c r="I60" s="324" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A61" s="322"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
       <c r="H61" s="246"/>
       <c r="I61" s="324"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A62" s="322"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
       <c r="H62" s="246"/>
       <c r="I62" s="324" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A63" s="323"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
       <c r="H63" s="246"/>
       <c r="I63" s="325" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A64" s="323"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
       <c r="H64" s="246"/>
       <c r="I64" s="326"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
       <c r="H65" s="246"/>
       <c r="I65" s="321" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
       <c r="G66" s="279"/>
       <c r="H66" s="246"/>
       <c r="I66" s="324" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A67" s="322"/>
       <c r="B67" s="323"/>
       <c r="C67" s="323"/>
       <c r="D67" s="320"/>
       <c r="E67" s="320"/>
       <c r="F67" s="320"/>
       <c r="G67" s="279"/>
       <c r="H67" s="246"/>
       <c r="I67" s="324"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A68" s="322"/>
       <c r="B68" s="323"/>
       <c r="C68" s="323"/>
       <c r="D68" s="320"/>
       <c r="E68" s="320"/>
       <c r="F68" s="320"/>
       <c r="G68" s="313"/>
       <c r="H68" s="327"/>
       <c r="I68" s="321" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA994473-4B4B-46A7-9EC7-00871FF25EB2}">
   <dimension ref="A1:J90"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="F49" sqref="F49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.42578125" style="215" customWidth="1"/>
     <col min="2" max="8" width="11" style="215" customWidth="1"/>
     <col min="9" max="9" width="9.42578125" style="215" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="215"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="210" t="s">
-        <v>153</v>
+        <v>251</v>
       </c>
       <c r="B1" s="211"/>
       <c r="C1" s="212"/>
       <c r="D1" s="212" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="213"/>
       <c r="F1" s="214">
         <v>2025</v>
       </c>
       <c r="G1" s="212"/>
       <c r="J1" s="215" t="s">
-        <v>154</v>
+        <v>252</v>
       </c>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="216"/>
       <c r="B2" s="216"/>
       <c r="D2" s="216"/>
       <c r="G2" s="216"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A3" s="217" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="286" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="219" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="220" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="332" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="220" t="s">
@@ -13634,1480 +10912,1483 @@
       </c>
       <c r="B5" s="216"/>
       <c r="C5" s="216"/>
       <c r="D5" s="233" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="216"/>
       <c r="F5" s="233" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="234" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="235" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="236"/>
       <c r="B6" s="216"/>
       <c r="C6" s="216"/>
       <c r="D6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E6" s="216"/>
       <c r="F6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G6" s="238" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="239" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="236"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="240" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="216"/>
       <c r="C7" s="216"/>
       <c r="D7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="E7" s="216"/>
       <c r="F7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="G7" s="238"/>
       <c r="H7" s="242" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I7" s="240" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="232" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" s="243"/>
       <c r="C8" s="216"/>
       <c r="D8" s="216"/>
       <c r="E8" s="216"/>
       <c r="F8" s="216"/>
       <c r="G8" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="222" t="s">
         <v>20</v>
       </c>
-      <c r="H8" s="222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" s="244" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="236"/>
       <c r="B9" s="216"/>
       <c r="C9" s="216"/>
       <c r="D9" s="216"/>
       <c r="E9" s="216"/>
       <c r="F9" s="216"/>
       <c r="G9" s="245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H9" s="246"/>
       <c r="I9" s="247"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="240" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" s="216"/>
       <c r="C10" s="216"/>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
       <c r="G10" s="248" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H10" s="246" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I10" s="249" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="232" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B11" s="216"/>
       <c r="C11" s="216"/>
       <c r="D11" s="216"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
       <c r="G11" s="245"/>
       <c r="H11" s="246"/>
       <c r="I11" s="244" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="236"/>
       <c r="B12" s="250"/>
       <c r="C12" s="216"/>
       <c r="D12" s="216"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
       <c r="G12" s="251" t="s">
-        <v>155</v>
+        <v>254</v>
       </c>
       <c r="H12" s="246"/>
       <c r="I12" s="247"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="240" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" s="250"/>
       <c r="C13" s="216"/>
       <c r="D13" s="216"/>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
       <c r="G13" s="252" t="s">
-        <v>156</v>
+        <v>255</v>
       </c>
       <c r="H13" s="246"/>
       <c r="I13" s="249" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="232" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" s="216"/>
       <c r="C14" s="216"/>
       <c r="D14" s="216"/>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
       <c r="G14" s="253" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H14" s="222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I14" s="244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="236"/>
       <c r="B15" s="216"/>
       <c r="C15" s="216"/>
       <c r="D15" s="216"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
       <c r="G15" s="252"/>
       <c r="H15" s="246"/>
       <c r="I15" s="247"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="240" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" s="216"/>
       <c r="C16" s="216"/>
       <c r="D16" s="216"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
       <c r="G16" s="254" t="s">
-        <v>157</v>
+        <v>256</v>
       </c>
       <c r="H16" s="246"/>
       <c r="I16" s="249" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="232" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" s="216"/>
       <c r="C17" s="216"/>
       <c r="D17" s="216"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
       <c r="G17" s="248" t="s">
-        <v>158</v>
+        <v>257</v>
       </c>
       <c r="H17" s="246" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="244" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="236"/>
       <c r="B18" s="216"/>
       <c r="C18" s="216"/>
       <c r="D18" s="216"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
       <c r="G18" s="248"/>
       <c r="H18" s="246"/>
       <c r="I18" s="247"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="240" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" s="216"/>
       <c r="C19" s="216"/>
       <c r="D19" s="216"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
       <c r="G19" s="255"/>
       <c r="H19" s="246"/>
       <c r="I19" s="249" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="232" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B20" s="216"/>
       <c r="C20" s="216"/>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
       <c r="G20" s="392" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="H20" s="246"/>
       <c r="I20" s="244" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="236"/>
       <c r="B21" s="216"/>
       <c r="C21" s="216"/>
       <c r="D21" s="216"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
       <c r="G21" s="392">
         <v>1</v>
       </c>
       <c r="H21" s="257"/>
       <c r="I21" s="247"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="240" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="216"/>
       <c r="C22" s="216"/>
       <c r="D22" s="216"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
       <c r="G22" s="399" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="H22" s="259"/>
       <c r="I22" s="249" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="232" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B23" s="216"/>
       <c r="C23" s="216"/>
       <c r="D23" s="216"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
       <c r="G23" s="399">
         <v>4</v>
       </c>
       <c r="H23" s="246" t="s">
-        <v>130</v>
+        <v>187</v>
       </c>
       <c r="I23" s="244" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="236"/>
       <c r="B24" s="216"/>
       <c r="C24" s="216"/>
       <c r="D24" s="216"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
       <c r="G24" s="392" t="s">
-        <v>159</v>
+        <v>258</v>
       </c>
       <c r="H24" s="246">
         <v>4</v>
       </c>
       <c r="I24" s="247"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="240" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B25" s="243"/>
       <c r="C25" s="216"/>
       <c r="D25" s="216"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
       <c r="G25" s="393" t="s">
-        <v>160</v>
+        <v>259</v>
       </c>
       <c r="H25" s="246" t="s">
-        <v>161</v>
+        <v>260</v>
       </c>
       <c r="I25" s="249" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="220" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C26" s="216"/>
       <c r="D26" s="216"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
       <c r="G26" s="245" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H26" s="246">
         <v>3</v>
       </c>
       <c r="I26" s="244" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="264"/>
       <c r="B27" s="245" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C27" s="216"/>
       <c r="D27" s="216"/>
       <c r="E27" s="216"/>
       <c r="F27" s="219" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G27" s="245" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H27" s="246" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I27" s="247"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="266" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B28" s="267"/>
       <c r="C28" s="216"/>
       <c r="D28" s="216"/>
       <c r="E28" s="216"/>
       <c r="F28" s="269" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="267"/>
       <c r="H28" s="246" t="s">
-        <v>162</v>
+        <v>261</v>
       </c>
       <c r="I28" s="249" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="243" t="s">
         <v>51</v>
       </c>
-      <c r="B29" s="243" t="s">
+      <c r="C29" s="385" t="s">
         <v>52</v>
       </c>
-      <c r="C29" s="385" t="s">
+      <c r="D29" s="220" t="s">
         <v>53</v>
       </c>
-      <c r="D29" s="220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="339" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="F29" s="245"/>
       <c r="G29" s="216"/>
       <c r="H29" s="220"/>
       <c r="I29" s="244" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="264"/>
       <c r="B30" s="243"/>
       <c r="C30" s="386" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="245" t="s">
         <v>56</v>
       </c>
-      <c r="D30" s="245" t="s">
+      <c r="E30" s="340" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F30" s="248"/>
       <c r="G30" s="216"/>
       <c r="H30" s="245" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I30" s="247"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="266" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B31" s="243" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="387" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D31" s="267"/>
       <c r="E31" s="388" t="s">
-        <v>164</v>
+        <v>263</v>
       </c>
       <c r="F31" s="248"/>
       <c r="G31" s="216"/>
       <c r="H31" s="245"/>
       <c r="I31" s="249" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B32" s="243"/>
       <c r="C32" s="338"/>
       <c r="D32" s="216" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E32" s="273"/>
       <c r="F32" s="245"/>
       <c r="G32" s="216" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="H32" s="245" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I32" s="244" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="264"/>
       <c r="B33" s="243"/>
       <c r="C33" s="280" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D33" s="216" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E33" s="280" t="s">
-        <v>165</v>
+        <v>264</v>
       </c>
       <c r="F33" s="357"/>
       <c r="G33" s="216"/>
       <c r="H33" s="245"/>
       <c r="I33" s="247"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="266" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B34" s="243"/>
       <c r="C34" s="248" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D34" s="268" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E34" s="248" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F34" s="357"/>
       <c r="G34" s="216"/>
       <c r="H34" s="245" t="s">
-        <v>166</v>
+        <v>265</v>
       </c>
       <c r="I34" s="249" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="262" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B35" s="283"/>
       <c r="C35" s="284"/>
       <c r="D35" s="285" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E35" s="245"/>
       <c r="F35" s="409" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G35" s="271"/>
       <c r="H35" s="245"/>
       <c r="I35" s="232" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="264"/>
       <c r="B36" s="243"/>
       <c r="C36" s="284"/>
       <c r="D36" s="288" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E36" s="334"/>
       <c r="F36" s="396" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G36" s="216"/>
       <c r="H36" s="245" t="s">
-        <v>133</v>
+        <v>239</v>
       </c>
       <c r="I36" s="236"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="272" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="355" t="s">
         <v>74</v>
       </c>
-      <c r="B37" s="272" t="s">
+      <c r="D37" s="290" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="280" t="s">
+        <v>143</v>
+      </c>
+      <c r="F37" s="410" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G37" s="268"/>
       <c r="H37" s="245"/>
       <c r="I37" s="249" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="262" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B38" s="273" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C38" s="258" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D38" s="288"/>
       <c r="E38" s="248">
         <v>1</v>
       </c>
       <c r="F38" s="396"/>
       <c r="G38" s="216"/>
       <c r="H38" s="267"/>
       <c r="I38" s="244" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="264"/>
       <c r="B39" s="292" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C39" s="258" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D39" s="332" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E39" s="245" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="F39" s="360" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G39" s="216"/>
       <c r="H39" s="245"/>
       <c r="I39" s="247"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="293" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40" s="336"/>
       <c r="D40" s="216" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" s="334" t="s">
+        <v>253</v>
+      </c>
+      <c r="F40" s="361" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G40" s="216"/>
       <c r="H40" s="245"/>
       <c r="I40" s="249" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="262" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B41" s="293" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C41" s="341" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D41" s="269">
         <v>3</v>
       </c>
       <c r="E41" s="392" t="s">
-        <v>159</v>
+        <v>258</v>
       </c>
       <c r="F41" s="361">
         <v>4</v>
       </c>
       <c r="G41" s="216"/>
       <c r="H41" s="245"/>
       <c r="I41" s="244" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="264"/>
       <c r="B42" s="296">
         <v>4</v>
       </c>
       <c r="C42" s="308" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D42" s="342"/>
       <c r="E42" s="392" t="s">
-        <v>168</v>
+        <v>266</v>
       </c>
       <c r="F42" s="362"/>
       <c r="G42" s="216"/>
       <c r="H42" s="267"/>
       <c r="I42" s="247"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="266" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B43" s="414"/>
       <c r="C43" s="275" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D43" s="301" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E43" s="395" t="s">
-        <v>169</v>
+        <v>267</v>
       </c>
       <c r="F43" s="411"/>
       <c r="G43" s="216"/>
       <c r="H43" s="279"/>
       <c r="I43" s="249" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="232" t="s">
         <v>100</v>
       </c>
       <c r="B44" s="415"/>
       <c r="C44" s="333" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D44" s="301" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E44" s="275" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F44" s="412"/>
       <c r="G44" s="216"/>
       <c r="H44" s="279"/>
       <c r="I44" s="244" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="305"/>
       <c r="B45" s="416"/>
       <c r="C45" s="233" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D45" s="307">
         <v>4</v>
       </c>
       <c r="E45" s="275" t="s">
-        <v>164</v>
+        <v>263</v>
       </c>
       <c r="F45" s="411"/>
       <c r="G45" s="216"/>
       <c r="H45" s="279"/>
       <c r="I45" s="310"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="240" t="s">
         <v>105</v>
       </c>
       <c r="B46" s="417"/>
       <c r="C46" s="237">
         <v>4</v>
       </c>
       <c r="D46" s="312"/>
       <c r="E46" s="398"/>
       <c r="F46" s="413"/>
       <c r="G46" s="268"/>
       <c r="H46" s="313"/>
       <c r="I46" s="249" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="314"/>
       <c r="C47" s="315"/>
       <c r="E47" s="394"/>
       <c r="I47" s="314"/>
     </row>
     <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="317"/>
       <c r="B48" s="317"/>
       <c r="G48" s="317" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="314"/>
+      <c r="F49" s="215">
+        <v>13</v>
+      </c>
       <c r="G49" s="217"/>
       <c r="H49" s="222"/>
       <c r="I49" s="318" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="314"/>
       <c r="C50" s="216"/>
       <c r="E50" s="216"/>
       <c r="G50" s="279"/>
       <c r="H50" s="246"/>
       <c r="I50" s="310"/>
     </row>
     <row r="51" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="314"/>
       <c r="E51" s="319"/>
       <c r="G51" s="305"/>
       <c r="H51" s="246"/>
       <c r="I51" s="310" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A52" s="314"/>
       <c r="D52" s="216"/>
       <c r="E52" s="319"/>
       <c r="G52" s="305"/>
       <c r="H52" s="246"/>
       <c r="I52" s="318" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
       <c r="C53" s="216"/>
       <c r="D53" s="216"/>
       <c r="E53" s="216"/>
       <c r="G53" s="279"/>
       <c r="H53" s="246"/>
       <c r="I53" s="310"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
       <c r="B54" s="216"/>
       <c r="C54" s="216"/>
       <c r="D54" s="216"/>
       <c r="E54" s="216"/>
       <c r="G54" s="279"/>
       <c r="H54" s="246"/>
       <c r="I54" s="310" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
       <c r="B55" s="216"/>
       <c r="G55" s="279"/>
       <c r="H55" s="246"/>
       <c r="I55" s="318" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
       <c r="G56" s="279"/>
       <c r="H56" s="246"/>
       <c r="I56" s="310"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="320"/>
       <c r="B57" s="320"/>
       <c r="C57" s="320"/>
       <c r="D57" s="320"/>
       <c r="E57" s="320"/>
       <c r="F57" s="320"/>
       <c r="G57" s="279"/>
       <c r="H57" s="246"/>
       <c r="I57" s="321" t="s">
         <v>111</v>
       </c>
       <c r="J57" s="320"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="322"/>
       <c r="B58" s="323"/>
       <c r="C58" s="323"/>
       <c r="D58" s="320"/>
       <c r="E58" s="320"/>
       <c r="F58" s="320"/>
       <c r="G58" s="279"/>
       <c r="H58" s="246"/>
       <c r="I58" s="324" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J58" s="320"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A59" s="322"/>
       <c r="B59" s="323"/>
       <c r="C59" s="323"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="279"/>
       <c r="H59" s="246"/>
       <c r="I59" s="324"/>
       <c r="J59" s="320"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
       <c r="H60" s="246"/>
       <c r="I60" s="324" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J60" s="320"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A61" s="323"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
       <c r="H61" s="246"/>
       <c r="I61" s="325" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J61" s="320"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A62" s="323"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
       <c r="H62" s="246"/>
       <c r="I62" s="326"/>
       <c r="J62" s="320"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A63" s="322"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
       <c r="H63" s="246"/>
       <c r="I63" s="321" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J63" s="320"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="322"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
       <c r="H64" s="246"/>
       <c r="I64" s="324" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J64" s="320"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
       <c r="H65" s="246"/>
       <c r="I65" s="324"/>
       <c r="J65" s="320"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
       <c r="G66" s="313"/>
       <c r="H66" s="327"/>
       <c r="I66" s="321" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J66" s="320"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A67" s="322"/>
       <c r="B67" s="323"/>
       <c r="C67" s="323"/>
       <c r="D67" s="320"/>
       <c r="E67" s="320"/>
       <c r="F67" s="320"/>
       <c r="G67" s="323"/>
       <c r="H67" s="323"/>
       <c r="I67" s="320"/>
       <c r="J67" s="320"/>
     </row>
     <row r="68" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A68" s="344" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="C68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="D68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="E68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="F68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="G68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="H68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="I68" s="345" t="s">
-        <v>172</v>
+        <v>270</v>
       </c>
       <c r="J68" s="320"/>
     </row>
     <row r="69" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A69" s="346" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B69" s="346"/>
       <c r="C69" s="346"/>
       <c r="D69" s="346"/>
       <c r="E69" s="346"/>
       <c r="F69" s="346"/>
       <c r="G69" s="346"/>
       <c r="H69" s="347"/>
       <c r="I69" s="348">
         <f>SUM(B69:H69)</f>
         <v>0</v>
       </c>
       <c r="J69" s="320"/>
     </row>
     <row r="70" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A70" s="346" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B70" s="346"/>
       <c r="C70" s="346"/>
       <c r="D70" s="346"/>
       <c r="E70" s="346"/>
       <c r="F70" s="346"/>
       <c r="G70" s="346"/>
       <c r="H70" s="346"/>
       <c r="I70" s="348">
         <f t="shared" ref="I70:I77" si="0">SUM(B70:H70)</f>
         <v>0</v>
       </c>
       <c r="J70" s="320"/>
     </row>
     <row r="71" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A71" s="346" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B71" s="346"/>
       <c r="C71" s="346"/>
       <c r="D71" s="346"/>
       <c r="E71" s="346"/>
       <c r="F71" s="346"/>
       <c r="G71" s="346"/>
       <c r="H71" s="346"/>
       <c r="I71" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J71" s="320"/>
     </row>
     <row r="72" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A72" s="346" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B72" s="346"/>
       <c r="C72" s="346"/>
       <c r="D72" s="346"/>
       <c r="E72" s="346"/>
       <c r="F72" s="346"/>
       <c r="G72" s="346"/>
       <c r="H72" s="346"/>
       <c r="I72" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J72" s="320"/>
     </row>
     <row r="73" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A73" s="346" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B73" s="346"/>
       <c r="C73" s="346"/>
       <c r="D73" s="346"/>
       <c r="E73" s="346"/>
       <c r="F73" s="346"/>
       <c r="G73" s="346"/>
       <c r="H73" s="346"/>
       <c r="I73" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J73" s="320"/>
     </row>
     <row r="74" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="346" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B74" s="346"/>
       <c r="C74" s="346"/>
       <c r="D74" s="346"/>
       <c r="E74" s="346"/>
       <c r="F74" s="346"/>
       <c r="G74" s="346"/>
       <c r="H74" s="346"/>
       <c r="I74" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J74" s="320"/>
     </row>
     <row r="75" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="346" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B75" s="346"/>
       <c r="C75" s="346"/>
       <c r="D75" s="346"/>
       <c r="E75" s="346"/>
       <c r="F75" s="346"/>
       <c r="G75" s="346"/>
       <c r="H75" s="346"/>
       <c r="I75" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J75" s="320"/>
     </row>
     <row r="76" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A76" s="346" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B76" s="346"/>
       <c r="C76" s="346"/>
       <c r="D76" s="346"/>
       <c r="E76" s="346"/>
       <c r="F76" s="346"/>
       <c r="G76" s="346"/>
       <c r="H76" s="346"/>
       <c r="I76" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J76" s="320"/>
     </row>
     <row r="77" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A77" s="346" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B77" s="346"/>
       <c r="C77" s="346"/>
       <c r="D77" s="346"/>
       <c r="E77" s="346"/>
       <c r="F77" s="346"/>
       <c r="G77" s="346"/>
       <c r="H77" s="346"/>
       <c r="I77" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J77" s="320"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="320"/>
       <c r="B78" s="320"/>
       <c r="C78" s="320"/>
       <c r="D78" s="320"/>
       <c r="E78" s="320"/>
       <c r="F78" s="320"/>
       <c r="G78" s="320"/>
       <c r="H78" s="320"/>
       <c r="I78" s="320"/>
       <c r="J78" s="320"/>
     </row>
     <row r="80" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A80" s="349" t="s">
-        <v>182</v>
+        <v>279</v>
       </c>
       <c r="B80" s="216"/>
       <c r="C80" s="216"/>
     </row>
     <row r="81" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="350" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B81" s="350" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      <c r="D81" s="472"/>
+        <v>280</v>
+      </c>
+      <c r="C81" s="587" t="s">
+        <v>281</v>
+      </c>
+      <c r="D81" s="588"/>
       <c r="E81" s="351" t="s">
-        <v>185</v>
+        <v>282</v>
       </c>
       <c r="F81" s="350" t="s">
-        <v>186</v>
+        <v>283</v>
       </c>
     </row>
     <row r="82" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="352" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B82" s="352" t="e">
         <f>(I69+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="473" t="e">
+      <c r="C82" s="589" t="e">
         <f>B82/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D82" s="474"/>
+      <c r="D82" s="590"/>
       <c r="E82" s="353">
         <v>1</v>
       </c>
       <c r="F82" s="354" t="e">
         <f>(C82-E82)/E82</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="352" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B83" s="352" t="e">
         <f>(I70+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="473" t="e">
+      <c r="C83" s="589" t="e">
         <f t="shared" ref="C83:C90" si="1">B83/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D83" s="474"/>
+      <c r="D83" s="590"/>
       <c r="E83" s="352">
         <v>1</v>
       </c>
       <c r="F83" s="354" t="e">
         <f t="shared" ref="F83:F90" si="2">(C83-E83)/E83</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="84" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="352" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B84" s="352" t="e">
         <f>(I71+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="473" t="e">
+      <c r="C84" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D84" s="474"/>
+      <c r="D84" s="590"/>
       <c r="E84" s="352">
         <v>1.5</v>
       </c>
       <c r="F84" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="352" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B85" s="352" t="e">
         <f>(I72+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C85" s="473" t="e">
+      <c r="C85" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D85" s="474"/>
+      <c r="D85" s="590"/>
       <c r="E85" s="352">
         <v>2</v>
       </c>
       <c r="F85" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="86" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="352" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B86" s="352" t="e">
         <f>(I73+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C86" s="473" t="e">
+      <c r="C86" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D86" s="474"/>
+      <c r="D86" s="590"/>
       <c r="E86" s="352">
         <v>2</v>
       </c>
       <c r="F86" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="87" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="352" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B87" s="352" t="e">
         <f>(I74+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C87" s="473" t="e">
+      <c r="C87" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D87" s="474"/>
+      <c r="D87" s="590"/>
       <c r="E87" s="352">
         <v>2.5</v>
       </c>
       <c r="F87" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="352" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B88" s="353" t="e">
         <f>(I75+#REF!+'[1]2_1_aktuell_istider'!I75+'[1]2_1_aktuell_istider'!R75)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C88" s="473" t="e">
+      <c r="C88" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D88" s="474"/>
+      <c r="D88" s="590"/>
       <c r="E88" s="352">
         <v>2.5</v>
       </c>
       <c r="F88" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="352" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B89" s="353" t="e">
         <f>(I76+#REF!+'[1]2_1_aktuell_istider'!I76+'[1]2_1_aktuell_istider'!R76)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C89" s="473" t="e">
+      <c r="C89" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D89" s="474"/>
+      <c r="D89" s="590"/>
       <c r="E89" s="352">
         <v>3</v>
       </c>
       <c r="F89" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="90" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="352" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B90" s="352" t="e">
         <f>(I77+#REF!+'[1]2_1_aktuell_istider'!I77+'[1]2_1_aktuell_istider'!R77)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C90" s="473" t="e">
+      <c r="C90" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D90" s="474"/>
+      <c r="D90" s="590"/>
       <c r="E90" s="352">
         <v>3</v>
       </c>
       <c r="F90" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="C82:D82"/>
     <mergeCell ref="C83:D83"/>
     <mergeCell ref="C90:D90"/>
     <mergeCell ref="C87:D87"/>
     <mergeCell ref="C88:D88"/>
     <mergeCell ref="C89:D89"/>
     <mergeCell ref="C84:D84"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="C86:D86"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0" top="0.39370078740157483" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DCA3550B-B827-4CEB-B4B3-4A09A23CD993}">
   <dimension ref="A1:J90"/>
   <sheetViews>
-    <sheetView topLeftCell="A14" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="Q53" sqref="Q53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.42578125" style="215" customWidth="1"/>
     <col min="2" max="8" width="11" style="215" customWidth="1"/>
     <col min="9" max="9" width="9.42578125" style="215" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="215"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="210" t="s">
-        <v>187</v>
+        <v>284</v>
       </c>
       <c r="B1" s="211"/>
       <c r="C1" s="212"/>
       <c r="D1" s="212" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="213"/>
       <c r="F1" s="214">
         <v>2025</v>
       </c>
       <c r="G1" s="212"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="216"/>
       <c r="B2" s="216"/>
       <c r="D2" s="216"/>
       <c r="G2" s="216"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A3" s="217" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="286" t="s">
         <v>3</v>
       </c>
@@ -15166,1473 +12447,1473 @@
       </c>
       <c r="B5" s="216"/>
       <c r="C5" s="216"/>
       <c r="D5" s="233" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="216"/>
       <c r="F5" s="233" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="234" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="235" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="236"/>
       <c r="B6" s="216"/>
       <c r="C6" s="216"/>
       <c r="D6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E6" s="216"/>
       <c r="F6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G6" s="238" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="239" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="236"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="240" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="216"/>
       <c r="C7" s="216"/>
       <c r="D7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="E7" s="216"/>
       <c r="F7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="G7" s="238"/>
       <c r="H7" s="242" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I7" s="240" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="232" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" s="243"/>
       <c r="C8" s="216"/>
       <c r="D8" s="216"/>
       <c r="E8" s="216"/>
       <c r="F8" s="216"/>
       <c r="G8" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="222" t="s">
         <v>20</v>
       </c>
-      <c r="H8" s="222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" s="244" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="236"/>
       <c r="B9" s="216"/>
       <c r="C9" s="216"/>
       <c r="D9" s="216"/>
       <c r="E9" s="216"/>
       <c r="F9" s="216"/>
       <c r="G9" s="245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H9" s="246"/>
       <c r="I9" s="247"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="240" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" s="216"/>
       <c r="C10" s="216"/>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
       <c r="G10" s="248" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H10" s="246" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I10" s="249" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="232" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B11" s="216"/>
       <c r="C11" s="216"/>
       <c r="D11" s="216"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
       <c r="G11" s="245"/>
       <c r="H11" s="246"/>
       <c r="I11" s="244" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="236"/>
       <c r="B12" s="250"/>
       <c r="C12" s="216"/>
       <c r="D12" s="216"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
       <c r="G12" s="251" t="s">
-        <v>155</v>
+        <v>254</v>
       </c>
       <c r="H12" s="246"/>
       <c r="I12" s="247"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="240" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" s="250"/>
       <c r="C13" s="216"/>
       <c r="D13" s="216"/>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
       <c r="G13" s="252" t="s">
-        <v>156</v>
+        <v>255</v>
       </c>
       <c r="H13" s="246"/>
       <c r="I13" s="249" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="232" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" s="216"/>
       <c r="C14" s="216"/>
       <c r="D14" s="216"/>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
       <c r="G14" s="253" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H14" s="222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I14" s="244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="236"/>
       <c r="B15" s="216"/>
       <c r="C15" s="216"/>
       <c r="D15" s="216"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
       <c r="G15" s="252"/>
       <c r="H15" s="246"/>
       <c r="I15" s="247"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="240" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" s="216"/>
       <c r="C16" s="216"/>
       <c r="D16" s="216"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
       <c r="G16" s="254" t="s">
-        <v>188</v>
+        <v>285</v>
       </c>
       <c r="H16" s="246"/>
       <c r="I16" s="249" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="232" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" s="216"/>
       <c r="C17" s="216"/>
       <c r="D17" s="216"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
       <c r="G17" s="248" t="s">
-        <v>158</v>
+        <v>257</v>
       </c>
       <c r="H17" s="246" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="244" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="236"/>
       <c r="B18" s="216"/>
       <c r="C18" s="216"/>
       <c r="D18" s="216"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
       <c r="G18" s="248"/>
       <c r="H18" s="246"/>
       <c r="I18" s="247"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="240" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" s="216"/>
       <c r="C19" s="216"/>
       <c r="D19" s="216"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
       <c r="G19" s="255"/>
       <c r="H19" s="246"/>
       <c r="I19" s="249" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="232" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B20" s="216"/>
       <c r="C20" s="216"/>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
       <c r="G20" s="256" t="s">
-        <v>189</v>
+        <v>286</v>
       </c>
       <c r="H20" s="246"/>
       <c r="I20" s="244" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="236"/>
       <c r="B21" s="216"/>
       <c r="C21" s="216"/>
       <c r="D21" s="216"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
       <c r="G21" s="256"/>
       <c r="H21" s="257"/>
       <c r="I21" s="247"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="240" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="216"/>
       <c r="C22" s="216"/>
       <c r="D22" s="216"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
       <c r="G22" s="258" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H22" s="259"/>
       <c r="I22" s="249" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="232" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B23" s="216"/>
       <c r="C23" s="216"/>
       <c r="D23" s="216"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
       <c r="G23" s="258" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H23" s="400" t="s">
-        <v>190</v>
+        <v>287</v>
       </c>
       <c r="I23" s="244" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="236"/>
       <c r="B24" s="216"/>
       <c r="C24" s="216"/>
       <c r="D24" s="216"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
       <c r="G24" s="256"/>
       <c r="H24" s="400" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I24" s="247"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="240" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B25" s="243"/>
       <c r="C25" s="216"/>
       <c r="D25" s="216"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
       <c r="G25" s="390"/>
       <c r="H25" s="400">
         <v>4</v>
       </c>
       <c r="I25" s="249" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="220" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C26" s="216"/>
       <c r="D26" s="216"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
       <c r="G26" s="245" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H26" s="400"/>
       <c r="I26" s="244" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="264"/>
       <c r="B27" s="245" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C27" s="216"/>
       <c r="D27" s="216"/>
       <c r="E27" s="216"/>
       <c r="F27" s="219" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G27" s="245" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H27" s="400"/>
       <c r="I27" s="247"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="266" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B28" s="267"/>
       <c r="C28" s="216"/>
       <c r="D28" s="268"/>
       <c r="E28" s="216"/>
       <c r="F28" s="269" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="267"/>
       <c r="H28" s="400"/>
       <c r="I28" s="249" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="243" t="s">
         <v>51</v>
       </c>
-      <c r="B29" s="243" t="s">
+      <c r="C29" s="260" t="s">
         <v>52</v>
       </c>
-      <c r="C29" s="260" t="s">
+      <c r="D29" s="220" t="s">
         <v>53</v>
       </c>
-      <c r="D29" s="220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="272" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="F29" s="245"/>
       <c r="G29" s="216"/>
       <c r="H29" s="220"/>
       <c r="I29" s="244" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="264"/>
       <c r="B30" s="243"/>
       <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="245" t="s">
         <v>56</v>
       </c>
-      <c r="D30" s="245" t="s">
+      <c r="E30" s="273" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F30" s="248"/>
       <c r="G30" s="216"/>
       <c r="H30" s="245" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I30" s="247"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="266" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B31" s="243" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="276" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D31" s="267"/>
       <c r="E31" s="277" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F31" s="248"/>
       <c r="G31" s="216"/>
       <c r="H31" s="245"/>
       <c r="I31" s="249" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B32" s="243"/>
       <c r="C32" s="338"/>
       <c r="D32" s="216" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E32" s="273"/>
       <c r="F32" s="245"/>
       <c r="G32" s="216" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="H32" s="245" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I32" s="244" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="264"/>
       <c r="B33" s="243"/>
       <c r="C33" s="280" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D33" s="216" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E33" s="281" t="s">
-        <v>191</v>
+        <v>288</v>
       </c>
       <c r="F33" s="245"/>
       <c r="G33" s="216"/>
       <c r="H33" s="245"/>
       <c r="I33" s="247"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="266" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B34" s="243"/>
       <c r="C34" s="248" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D34" s="268" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E34" s="282" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="245"/>
       <c r="G34" s="216"/>
       <c r="H34" s="245" t="s">
-        <v>192</v>
+        <v>289</v>
       </c>
       <c r="I34" s="249" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="262" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B35" s="283"/>
       <c r="C35" s="284"/>
       <c r="D35" s="285" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E35" s="389" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F35" s="331" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G35" s="271"/>
       <c r="H35" s="245"/>
       <c r="I35" s="232" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="264"/>
       <c r="B36" s="243"/>
       <c r="C36" s="284"/>
       <c r="D36" s="288" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E36" s="289"/>
       <c r="F36" s="261" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G36" s="216"/>
       <c r="H36" s="245" t="s">
-        <v>133</v>
+        <v>239</v>
       </c>
       <c r="I36" s="236"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="272" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="355" t="s">
         <v>74</v>
       </c>
-      <c r="B37" s="272" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" s="290" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E37" s="291" t="s">
-        <v>193</v>
+        <v>290</v>
       </c>
       <c r="F37" s="263" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G37" s="268"/>
       <c r="H37" s="245"/>
       <c r="I37" s="249" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="262" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B38" s="273" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C38" s="258" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D38" s="288"/>
       <c r="E38" s="274" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F38" s="261"/>
       <c r="G38" s="216"/>
       <c r="H38" s="267"/>
       <c r="I38" s="244" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="264"/>
       <c r="B39" s="292" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C39" s="258" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D39" s="332" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E39" s="269"/>
       <c r="F39" s="395" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G39" s="216"/>
       <c r="H39" s="245"/>
       <c r="I39" s="247"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="293" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40" s="336"/>
       <c r="D40" s="216" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E40" s="291"/>
       <c r="F40" s="270" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G40" s="216"/>
       <c r="H40" s="245"/>
       <c r="I40" s="249" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="262" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B41" s="293" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C41" s="341" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D41" s="269">
         <v>3</v>
       </c>
       <c r="E41" s="295" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F41" s="275" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G41" s="216"/>
       <c r="H41" s="245"/>
       <c r="I41" s="244" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="264"/>
       <c r="B42" s="296">
         <v>4</v>
       </c>
       <c r="C42" s="308" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D42" s="342"/>
       <c r="E42" s="298" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F42" s="300"/>
       <c r="G42" s="216"/>
       <c r="H42" s="267"/>
       <c r="I42" s="247"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="266" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B43" s="299"/>
       <c r="C43" s="275" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D43" s="301" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E43" s="302">
         <v>4</v>
       </c>
       <c r="F43" s="399"/>
       <c r="G43" s="216"/>
       <c r="H43" s="279"/>
       <c r="I43" s="249" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="232" t="s">
         <v>100</v>
       </c>
       <c r="B44" s="303"/>
       <c r="C44" s="333" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D44" s="301" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E44" s="304" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F44" s="392"/>
       <c r="G44" s="216"/>
       <c r="H44" s="279"/>
       <c r="I44" s="244" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="305"/>
       <c r="B45" s="306"/>
       <c r="C45" s="233" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D45" s="307">
         <v>4</v>
       </c>
       <c r="E45" s="308" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F45" s="399"/>
       <c r="G45" s="216"/>
       <c r="H45" s="279"/>
       <c r="I45" s="310"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="240" t="s">
         <v>105</v>
       </c>
       <c r="B46" s="311"/>
       <c r="C46" s="237">
         <v>4</v>
       </c>
       <c r="D46" s="312"/>
       <c r="E46" s="308" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F46" s="393"/>
       <c r="G46" s="268"/>
       <c r="H46" s="313"/>
       <c r="I46" s="249" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="314"/>
       <c r="C47" s="315"/>
       <c r="E47" s="316"/>
       <c r="I47" s="314"/>
     </row>
     <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="317"/>
       <c r="B48" s="317"/>
       <c r="G48" s="317" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="314"/>
       <c r="G49" s="217"/>
       <c r="H49" s="222"/>
       <c r="I49" s="318" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="314"/>
       <c r="C50" s="216"/>
       <c r="E50" s="216"/>
       <c r="G50" s="279"/>
       <c r="H50" s="246"/>
       <c r="I50" s="310"/>
     </row>
     <row r="51" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="314"/>
       <c r="E51" s="319"/>
       <c r="G51" s="305"/>
       <c r="H51" s="246"/>
       <c r="I51" s="310" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A52" s="314"/>
       <c r="D52" s="216"/>
       <c r="E52" s="319"/>
       <c r="G52" s="305"/>
       <c r="H52" s="246"/>
       <c r="I52" s="318" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
       <c r="C53" s="216"/>
       <c r="D53" s="216"/>
       <c r="E53" s="216"/>
       <c r="G53" s="279"/>
       <c r="H53" s="246"/>
       <c r="I53" s="310"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
       <c r="B54" s="216"/>
       <c r="C54" s="216"/>
       <c r="D54" s="216"/>
       <c r="E54" s="216"/>
       <c r="G54" s="279"/>
       <c r="H54" s="246"/>
       <c r="I54" s="310" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
       <c r="B55" s="216"/>
       <c r="G55" s="279"/>
       <c r="H55" s="246"/>
       <c r="I55" s="318" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
       <c r="G56" s="279"/>
       <c r="H56" s="246"/>
       <c r="I56" s="310"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="320"/>
       <c r="B57" s="320"/>
       <c r="C57" s="320"/>
       <c r="D57" s="320"/>
       <c r="E57" s="320"/>
       <c r="F57" s="320"/>
       <c r="G57" s="279"/>
       <c r="H57" s="246"/>
       <c r="I57" s="321" t="s">
         <v>111</v>
       </c>
       <c r="J57" s="320"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="322"/>
       <c r="B58" s="323"/>
       <c r="C58" s="323"/>
       <c r="D58" s="320"/>
       <c r="E58" s="320"/>
       <c r="F58" s="320"/>
       <c r="G58" s="279"/>
       <c r="H58" s="246"/>
       <c r="I58" s="324" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J58" s="320"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A59" s="322"/>
       <c r="B59" s="323"/>
       <c r="C59" s="323"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="279"/>
       <c r="H59" s="246"/>
       <c r="I59" s="324"/>
       <c r="J59" s="320"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
       <c r="H60" s="246"/>
       <c r="I60" s="324" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J60" s="320"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A61" s="323"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
       <c r="H61" s="246"/>
       <c r="I61" s="325" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J61" s="320"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A62" s="323"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
       <c r="H62" s="246"/>
       <c r="I62" s="326"/>
       <c r="J62" s="320"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A63" s="322"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
       <c r="H63" s="246"/>
       <c r="I63" s="321" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J63" s="320"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="322"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
       <c r="H64" s="246"/>
       <c r="I64" s="324" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J64" s="320"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
       <c r="H65" s="246"/>
       <c r="I65" s="324"/>
       <c r="J65" s="320"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
       <c r="G66" s="313"/>
       <c r="H66" s="327"/>
       <c r="I66" s="321" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J66" s="320"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A67" s="322"/>
       <c r="B67" s="323"/>
       <c r="C67" s="323"/>
       <c r="D67" s="320"/>
       <c r="E67" s="320"/>
       <c r="F67" s="320"/>
       <c r="G67" s="323"/>
       <c r="H67" s="323"/>
       <c r="I67" s="320"/>
       <c r="J67" s="320"/>
     </row>
     <row r="68" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A68" s="344" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="C68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="D68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="E68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="F68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="G68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="H68" s="344" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="I68" s="345" t="s">
-        <v>172</v>
+        <v>270</v>
       </c>
       <c r="J68" s="320"/>
     </row>
     <row r="69" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A69" s="346" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B69" s="346"/>
       <c r="C69" s="346"/>
       <c r="D69" s="346"/>
       <c r="E69" s="346"/>
       <c r="F69" s="346"/>
       <c r="G69" s="346"/>
       <c r="H69" s="347"/>
       <c r="I69" s="348">
         <f>SUM(B69:H69)</f>
         <v>0</v>
       </c>
       <c r="J69" s="320"/>
     </row>
     <row r="70" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A70" s="346" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B70" s="346"/>
       <c r="C70" s="346"/>
       <c r="D70" s="346"/>
       <c r="E70" s="346"/>
       <c r="F70" s="346"/>
       <c r="G70" s="346"/>
       <c r="H70" s="346"/>
       <c r="I70" s="348">
         <f t="shared" ref="I70:I77" si="0">SUM(B70:H70)</f>
         <v>0</v>
       </c>
       <c r="J70" s="320"/>
     </row>
     <row r="71" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A71" s="346" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B71" s="346"/>
       <c r="C71" s="346"/>
       <c r="D71" s="346"/>
       <c r="E71" s="346"/>
       <c r="F71" s="346"/>
       <c r="G71" s="346"/>
       <c r="H71" s="346"/>
       <c r="I71" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J71" s="320"/>
     </row>
     <row r="72" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A72" s="346" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B72" s="346"/>
       <c r="C72" s="346"/>
       <c r="D72" s="346"/>
       <c r="E72" s="346"/>
       <c r="F72" s="346"/>
       <c r="G72" s="346"/>
       <c r="H72" s="346"/>
       <c r="I72" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J72" s="320"/>
     </row>
     <row r="73" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A73" s="346" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B73" s="346"/>
       <c r="C73" s="346"/>
       <c r="D73" s="346"/>
       <c r="E73" s="346"/>
       <c r="F73" s="346"/>
       <c r="G73" s="346"/>
       <c r="H73" s="346"/>
       <c r="I73" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J73" s="320"/>
     </row>
     <row r="74" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="346" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B74" s="346"/>
       <c r="C74" s="346"/>
       <c r="D74" s="346"/>
       <c r="E74" s="346"/>
       <c r="F74" s="346"/>
       <c r="G74" s="346"/>
       <c r="H74" s="346"/>
       <c r="I74" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J74" s="320"/>
     </row>
     <row r="75" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="346" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B75" s="346"/>
       <c r="C75" s="346"/>
       <c r="D75" s="346"/>
       <c r="E75" s="346"/>
       <c r="F75" s="346"/>
       <c r="G75" s="346"/>
       <c r="H75" s="346"/>
       <c r="I75" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J75" s="320"/>
     </row>
     <row r="76" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A76" s="346" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B76" s="346"/>
       <c r="C76" s="346"/>
       <c r="D76" s="346"/>
       <c r="E76" s="346"/>
       <c r="F76" s="346"/>
       <c r="G76" s="346"/>
       <c r="H76" s="346"/>
       <c r="I76" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J76" s="320"/>
     </row>
     <row r="77" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A77" s="346" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B77" s="346"/>
       <c r="C77" s="346"/>
       <c r="D77" s="346"/>
       <c r="E77" s="346"/>
       <c r="F77" s="346"/>
       <c r="G77" s="346"/>
       <c r="H77" s="346"/>
       <c r="I77" s="348">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J77" s="320"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="320"/>
       <c r="B78" s="320"/>
       <c r="C78" s="320"/>
       <c r="D78" s="320"/>
       <c r="E78" s="320"/>
       <c r="F78" s="320"/>
       <c r="G78" s="320"/>
       <c r="H78" s="320"/>
       <c r="I78" s="320"/>
       <c r="J78" s="320"/>
     </row>
     <row r="80" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A80" s="349" t="s">
-        <v>182</v>
+        <v>279</v>
       </c>
       <c r="B80" s="216"/>
       <c r="C80" s="216"/>
     </row>
     <row r="81" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="350" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B81" s="350" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      <c r="D81" s="472"/>
+        <v>280</v>
+      </c>
+      <c r="C81" s="587" t="s">
+        <v>281</v>
+      </c>
+      <c r="D81" s="588"/>
       <c r="E81" s="351" t="s">
-        <v>185</v>
+        <v>282</v>
       </c>
       <c r="F81" s="350" t="s">
-        <v>186</v>
+        <v>283</v>
       </c>
     </row>
     <row r="82" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="352" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B82" s="352" t="e">
         <f>(I69+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="473" t="e">
+      <c r="C82" s="589" t="e">
         <f>B82/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D82" s="474"/>
+      <c r="D82" s="590"/>
       <c r="E82" s="353">
         <v>1</v>
       </c>
       <c r="F82" s="354" t="e">
         <f>(C82-E82)/E82</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="352" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B83" s="352" t="e">
         <f>(I70+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="473" t="e">
+      <c r="C83" s="589" t="e">
         <f t="shared" ref="C83:C90" si="1">B83/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D83" s="474"/>
+      <c r="D83" s="590"/>
       <c r="E83" s="352">
         <v>1</v>
       </c>
       <c r="F83" s="354" t="e">
         <f t="shared" ref="F83:F90" si="2">(C83-E83)/E83</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="84" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="352" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B84" s="352" t="e">
         <f>(I71+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="473" t="e">
+      <c r="C84" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D84" s="474"/>
+      <c r="D84" s="590"/>
       <c r="E84" s="352">
         <v>1.5</v>
       </c>
       <c r="F84" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="352" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B85" s="352" t="e">
         <f>(I72+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C85" s="473" t="e">
+      <c r="C85" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D85" s="474"/>
+      <c r="D85" s="590"/>
       <c r="E85" s="352">
         <v>2</v>
       </c>
       <c r="F85" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="86" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="352" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B86" s="352" t="e">
         <f>(I73+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C86" s="473" t="e">
+      <c r="C86" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D86" s="474"/>
+      <c r="D86" s="590"/>
       <c r="E86" s="352">
         <v>2</v>
       </c>
       <c r="F86" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="87" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="352" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B87" s="352" t="e">
         <f>(I74+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C87" s="473" t="e">
+      <c r="C87" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D87" s="474"/>
+      <c r="D87" s="590"/>
       <c r="E87" s="352">
         <v>2.5</v>
       </c>
       <c r="F87" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="352" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B88" s="353" t="e">
         <f>(I75+#REF!+'[1]2_1_aktuell_istider'!I75+'[1]2_1_aktuell_istider'!R75)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C88" s="473" t="e">
+      <c r="C88" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D88" s="474"/>
+      <c r="D88" s="590"/>
       <c r="E88" s="352">
         <v>2.5</v>
       </c>
       <c r="F88" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="352" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B89" s="353" t="e">
         <f>(I76+#REF!+'[1]2_1_aktuell_istider'!I76+'[1]2_1_aktuell_istider'!R76)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C89" s="473" t="e">
+      <c r="C89" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D89" s="474"/>
+      <c r="D89" s="590"/>
       <c r="E89" s="352">
         <v>3</v>
       </c>
       <c r="F89" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="90" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="352" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B90" s="352" t="e">
         <f>(I77+#REF!+'[1]2_1_aktuell_istider'!I77+'[1]2_1_aktuell_istider'!R77)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C90" s="473" t="e">
+      <c r="C90" s="589" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D90" s="474"/>
+      <c r="D90" s="590"/>
       <c r="E90" s="352">
         <v>3</v>
       </c>
       <c r="F90" s="354" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="C82:D82"/>
     <mergeCell ref="C83:D83"/>
     <mergeCell ref="C90:D90"/>
     <mergeCell ref="C87:D87"/>
     <mergeCell ref="C88:D88"/>
     <mergeCell ref="C89:D89"/>
     <mergeCell ref="C84:D84"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="C86:D86"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0" top="0.39370078740157483" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8526AD50-AC70-4EDE-8F29-BB2614CC4B25}">
   <dimension ref="A1:J90"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="H29" sqref="H29:H38"/>
+      <selection activeCell="H29" sqref="H29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="12" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="1" customWidth="1"/>
     <col min="6" max="7" width="11.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="210" t="s">
-        <v>194</v>
+        <v>291</v>
       </c>
       <c r="B1" s="211"/>
       <c r="C1" s="212"/>
       <c r="D1" s="212" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="213"/>
       <c r="F1" s="214">
         <v>2025</v>
       </c>
       <c r="G1" s="212"/>
       <c r="H1" s="215"/>
       <c r="I1" s="215"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="216"/>
       <c r="B2" s="216"/>
       <c r="C2" s="215"/>
       <c r="D2" s="216"/>
       <c r="E2" s="215"/>
       <c r="F2" s="215"/>
       <c r="G2" s="216"/>
       <c r="H2" s="215"/>
       <c r="I2" s="215"/>
     </row>
@@ -16698,778 +13979,778 @@
       </c>
       <c r="B5" s="216"/>
       <c r="C5" s="216"/>
       <c r="D5" s="330" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="216"/>
       <c r="F5" s="233" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="234" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="235" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="236"/>
       <c r="B6" s="216"/>
       <c r="C6" s="216"/>
       <c r="D6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E6" s="216"/>
       <c r="F6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G6" s="238" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="239" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="236"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="240" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="216"/>
       <c r="C7" s="216"/>
       <c r="D7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="E7" s="216"/>
       <c r="F7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="G7" s="238"/>
       <c r="H7" s="242" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I7" s="240" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="232" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" s="243"/>
       <c r="C8" s="216"/>
       <c r="D8" s="216"/>
       <c r="E8" s="216"/>
       <c r="F8" s="216"/>
       <c r="G8" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="222" t="s">
         <v>20</v>
       </c>
-      <c r="H8" s="222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" s="244" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="236"/>
       <c r="B9" s="216"/>
       <c r="C9" s="216"/>
       <c r="D9" s="216"/>
       <c r="E9" s="216"/>
       <c r="F9" s="216"/>
       <c r="G9" s="245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H9" s="246"/>
       <c r="I9" s="247"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="240" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" s="216"/>
       <c r="C10" s="216"/>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
       <c r="G10" s="248" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H10" s="246"/>
       <c r="I10" s="249" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="232" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B11" s="216"/>
       <c r="C11" s="216"/>
       <c r="D11" s="216"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
       <c r="G11" s="245"/>
       <c r="H11" s="246"/>
       <c r="I11" s="244" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="236"/>
       <c r="B12" s="250"/>
       <c r="C12" s="216"/>
       <c r="D12" s="216"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
       <c r="G12" s="251" t="s">
-        <v>155</v>
+        <v>254</v>
       </c>
       <c r="H12" s="246"/>
       <c r="I12" s="247"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="240" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" s="250"/>
       <c r="C13" s="216"/>
       <c r="D13" s="216"/>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
       <c r="G13" s="252" t="s">
-        <v>195</v>
+        <v>292</v>
       </c>
       <c r="H13" s="246"/>
       <c r="I13" s="249" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="232" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" s="216"/>
       <c r="C14" s="216"/>
       <c r="D14" s="216"/>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
       <c r="G14" s="253" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H14" s="222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I14" s="244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="236"/>
       <c r="B15" s="216"/>
       <c r="C15" s="216"/>
       <c r="D15" s="216"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
       <c r="G15" s="252"/>
       <c r="H15" s="246"/>
       <c r="I15" s="247"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="240" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" s="216"/>
       <c r="C16" s="216"/>
       <c r="D16" s="216"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
       <c r="G16" s="254" t="s">
-        <v>188</v>
+        <v>285</v>
       </c>
       <c r="H16" s="246"/>
       <c r="I16" s="249" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="232" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" s="216"/>
       <c r="C17" s="216"/>
       <c r="D17" s="216"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
       <c r="G17" s="248" t="s">
-        <v>158</v>
+        <v>257</v>
       </c>
       <c r="H17" s="246" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="244" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="236"/>
       <c r="B18" s="216"/>
       <c r="C18" s="216"/>
       <c r="D18" s="216"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
       <c r="G18" s="248"/>
       <c r="H18" s="246"/>
       <c r="I18" s="247"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="240" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" s="216"/>
       <c r="C19" s="216"/>
       <c r="D19" s="216"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
       <c r="G19" s="255"/>
       <c r="H19" s="246"/>
       <c r="I19" s="249" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="232" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B20" s="216"/>
       <c r="C20" s="216"/>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
       <c r="G20" s="245" t="s">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="H20" s="246"/>
       <c r="I20" s="244" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="236"/>
       <c r="B21" s="216"/>
       <c r="C21" s="216"/>
       <c r="D21" s="216"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
       <c r="G21" s="245">
         <v>1</v>
       </c>
       <c r="H21" s="257"/>
       <c r="I21" s="247"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="240" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="216"/>
       <c r="C22" s="216"/>
       <c r="D22" s="216"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
       <c r="G22" s="248" t="s">
-        <v>196</v>
+        <v>293</v>
       </c>
       <c r="H22" s="259"/>
       <c r="I22" s="249" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="232" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B23" s="216"/>
       <c r="C23" s="216"/>
       <c r="D23" s="216"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
       <c r="G23" s="248">
         <v>3</v>
       </c>
       <c r="H23" s="246" t="s">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="I23" s="244" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="236"/>
       <c r="B24" s="216"/>
       <c r="C24" s="216"/>
       <c r="D24" s="216"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
       <c r="G24" s="245" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="H24" s="246">
         <v>4</v>
       </c>
       <c r="I24" s="247"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="240" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B25" s="243"/>
       <c r="C25" s="216"/>
       <c r="D25" s="216"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
       <c r="G25" s="267" t="s">
-        <v>160</v>
+        <v>259</v>
       </c>
       <c r="H25" s="246" t="s">
-        <v>197</v>
+        <v>294</v>
       </c>
       <c r="I25" s="249" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="220" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C26" s="216"/>
       <c r="D26" s="216"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
       <c r="G26" s="245"/>
       <c r="H26" s="246">
         <v>3</v>
       </c>
       <c r="I26" s="244" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="264"/>
       <c r="B27" s="245"/>
       <c r="C27" s="216"/>
       <c r="D27" s="216"/>
       <c r="E27" s="216"/>
       <c r="F27" s="219" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G27" s="245"/>
       <c r="H27" s="246" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I27" s="247"/>
     </row>
     <row r="28" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="266" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B28" s="267"/>
       <c r="C28" s="216"/>
       <c r="D28" s="268"/>
       <c r="E28" s="216"/>
       <c r="F28" s="269" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="267"/>
       <c r="H28" s="246" t="s">
-        <v>162</v>
+        <v>261</v>
       </c>
       <c r="I28" s="249" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="243" t="s">
         <v>51</v>
       </c>
-      <c r="B29" s="243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="260" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D29" s="271" t="s">
-        <v>198</v>
+        <v>295</v>
       </c>
       <c r="E29" s="364" t="s">
-        <v>199</v>
+        <v>296</v>
       </c>
       <c r="F29" s="357"/>
       <c r="G29" s="216"/>
       <c r="H29" s="220"/>
       <c r="I29" s="244" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="264"/>
       <c r="B30" s="243"/>
       <c r="C30" s="261" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D30" s="216"/>
       <c r="E30" s="365" t="s">
-        <v>200</v>
+        <v>297</v>
       </c>
       <c r="F30" s="356"/>
       <c r="G30" s="216"/>
       <c r="H30" s="245" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I30" s="247"/>
     </row>
     <row r="31" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="266" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B31" s="243" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="276" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D31" s="216" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="356"/>
       <c r="G31" s="216"/>
       <c r="H31" s="245"/>
       <c r="I31" s="249" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B32" s="243"/>
       <c r="C32" s="254" t="s">
-        <v>201</v>
+        <v>298</v>
       </c>
       <c r="D32" s="216"/>
       <c r="E32" s="366" t="s">
-        <v>202</v>
+        <v>299</v>
       </c>
       <c r="F32" s="357"/>
       <c r="G32" s="216" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="H32" s="245" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I32" s="244" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="264"/>
       <c r="B33" s="243"/>
       <c r="C33" s="248" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D33" s="216"/>
       <c r="E33" s="365" t="s">
-        <v>203</v>
+        <v>300</v>
       </c>
       <c r="F33" s="357"/>
       <c r="G33" s="216"/>
       <c r="H33" s="245"/>
       <c r="I33" s="247"/>
     </row>
     <row r="34" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="266" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B34" s="243"/>
       <c r="C34" s="245"/>
       <c r="D34" s="268"/>
       <c r="E34" s="365" t="s">
-        <v>204</v>
+        <v>301</v>
       </c>
       <c r="F34" s="357"/>
       <c r="G34" s="216"/>
       <c r="H34" s="245" t="s">
-        <v>205</v>
+        <v>302</v>
       </c>
       <c r="I34" s="249" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="262" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B35" s="283"/>
       <c r="C35" s="335" t="s">
-        <v>206</v>
+        <v>303</v>
       </c>
       <c r="D35" s="285" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E35" s="366" t="s">
-        <v>207</v>
+        <v>304</v>
       </c>
       <c r="F35" s="382" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G35" s="271"/>
       <c r="H35" s="245"/>
       <c r="I35" s="244" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="264"/>
       <c r="B36" s="243"/>
       <c r="C36" s="256" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D36" s="288" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E36" s="365" t="s">
-        <v>208</v>
+        <v>305</v>
       </c>
       <c r="F36" s="357" t="s">
-        <v>209</v>
+        <v>127</v>
       </c>
       <c r="G36" s="216"/>
       <c r="H36" s="245" t="s">
-        <v>133</v>
+        <v>239</v>
       </c>
       <c r="I36" s="247"/>
     </row>
     <row r="37" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="266" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B37" s="272" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C37" s="336" t="s">
-        <v>210</v>
+        <v>306</v>
       </c>
       <c r="D37" s="290" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E37" s="365" t="s">
-        <v>211</v>
+        <v>307</v>
       </c>
       <c r="F37" s="356"/>
       <c r="G37" s="268"/>
       <c r="H37" s="245"/>
       <c r="I37" s="249" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A38" s="262" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B38" s="273" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C38" s="245" t="s">
-        <v>113</v>
+        <v>170</v>
       </c>
       <c r="D38" s="288"/>
       <c r="E38" s="366" t="s">
-        <v>212</v>
+        <v>308</v>
       </c>
       <c r="F38" s="357"/>
       <c r="G38" s="216"/>
       <c r="H38" s="267"/>
       <c r="I38" s="244" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A39" s="264"/>
       <c r="B39" s="292" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C39" s="245">
         <v>1</v>
       </c>
       <c r="D39" s="332" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E39" s="365" t="s">
-        <v>213</v>
+        <v>309</v>
       </c>
       <c r="F39" s="360" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G39" s="216"/>
       <c r="H39" s="245"/>
       <c r="I39" s="247"/>
     </row>
     <row r="40" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="293" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="293" t="s">
+      <c r="C40" s="248" t="s">
+        <v>310</v>
+      </c>
+      <c r="D40" s="216" t="s">
         <v>85</v>
       </c>
-      <c r="C40" s="248" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="216" t="s">
+      <c r="E40" s="367" t="s">
+        <v>311</v>
+      </c>
+      <c r="F40" s="361" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G40" s="216"/>
       <c r="H40" s="245"/>
       <c r="I40" s="249" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="262" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B41" s="293" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C41" s="334" t="s">
-        <v>216</v>
+        <v>312</v>
       </c>
       <c r="D41" s="216">
         <v>3</v>
       </c>
       <c r="E41" s="365" t="s">
-        <v>217</v>
+        <v>313</v>
       </c>
       <c r="F41" s="361">
         <v>4</v>
       </c>
       <c r="G41" s="216"/>
       <c r="H41" s="245"/>
       <c r="I41" s="244" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A42" s="264"/>
       <c r="B42" s="296">
         <v>4</v>
       </c>
       <c r="C42" s="248" t="s">
-        <v>159</v>
+        <v>258</v>
       </c>
       <c r="D42" s="297"/>
       <c r="E42" s="365" t="s">
-        <v>218</v>
+        <v>314</v>
       </c>
       <c r="F42" s="362"/>
       <c r="G42" s="216"/>
       <c r="H42" s="267"/>
       <c r="I42" s="247"/>
     </row>
     <row r="43" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A43" s="266" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B43" s="299" t="s">
-        <v>219</v>
+        <v>315</v>
       </c>
       <c r="C43" s="248" t="s">
-        <v>220</v>
+        <v>316</v>
       </c>
       <c r="D43" s="301" t="s">
-        <v>219</v>
+        <v>315</v>
       </c>
       <c r="E43" s="368"/>
       <c r="F43" s="363" t="s">
         <v>99</v>
       </c>
       <c r="G43" s="216"/>
       <c r="H43" s="279"/>
       <c r="I43" s="249" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="232" t="s">
         <v>100</v>
       </c>
       <c r="B44" s="303" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C44" s="248"/>
       <c r="D44" s="301" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E44" s="304" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F44" s="270" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G44" s="216"/>
       <c r="H44" s="279"/>
       <c r="I44" s="244" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="305"/>
       <c r="B45" s="306" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C45" s="245"/>
       <c r="D45" s="301">
         <v>4</v>
       </c>
       <c r="E45" s="308" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F45" s="275" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G45" s="216"/>
       <c r="H45" s="279"/>
       <c r="I45" s="310"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="240" t="s">
         <v>105</v>
       </c>
       <c r="B46" s="311"/>
       <c r="C46" s="248"/>
       <c r="D46" s="312"/>
       <c r="E46" s="308">
         <v>4</v>
       </c>
       <c r="F46" s="278"/>
       <c r="G46" s="268"/>
       <c r="H46" s="313"/>
       <c r="I46" s="249" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="314"/>
       <c r="B47" s="215"/>
@@ -17482,739 +14763,739 @@
       <c r="I47" s="314"/>
     </row>
     <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="317"/>
       <c r="B48" s="317"/>
       <c r="C48" s="215"/>
       <c r="D48" s="215"/>
       <c r="E48" s="215"/>
       <c r="F48" s="215"/>
       <c r="G48" s="317" t="s">
         <v>106</v>
       </c>
       <c r="H48" s="215"/>
       <c r="I48" s="215"/>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="314"/>
       <c r="B49" s="215"/>
       <c r="C49" s="215"/>
       <c r="D49" s="215"/>
       <c r="E49" s="215"/>
       <c r="F49" s="215"/>
       <c r="G49" s="217"/>
       <c r="H49" s="222"/>
       <c r="I49" s="318" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="314"/>
       <c r="B50" s="215"/>
       <c r="C50" s="216"/>
       <c r="D50" s="215"/>
       <c r="E50" s="216"/>
       <c r="F50" s="215"/>
       <c r="G50" s="279"/>
       <c r="H50" s="246"/>
       <c r="I50" s="310"/>
     </row>
     <row r="51" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="314"/>
       <c r="B51" s="215"/>
       <c r="C51" s="215"/>
       <c r="D51" s="215"/>
       <c r="E51" s="319"/>
       <c r="F51" s="215"/>
       <c r="G51" s="305"/>
       <c r="H51" s="246"/>
       <c r="I51" s="310" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A52" s="314"/>
       <c r="B52" s="215"/>
       <c r="C52" s="215"/>
       <c r="D52" s="216"/>
       <c r="E52" s="319"/>
       <c r="F52" s="215"/>
       <c r="G52" s="305"/>
       <c r="H52" s="246"/>
       <c r="I52" s="318" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
       <c r="B53" s="215"/>
       <c r="C53" s="216"/>
       <c r="D53" s="216"/>
       <c r="E53" s="216"/>
       <c r="F53" s="215"/>
       <c r="G53" s="279"/>
       <c r="H53" s="246"/>
       <c r="I53" s="310"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
       <c r="B54" s="216"/>
       <c r="C54" s="216"/>
       <c r="D54" s="216"/>
       <c r="E54" s="216"/>
       <c r="F54" s="215"/>
       <c r="G54" s="279"/>
       <c r="H54" s="246"/>
       <c r="I54" s="310" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
       <c r="B55" s="216"/>
       <c r="C55" s="215"/>
       <c r="D55" s="215"/>
       <c r="E55" s="215"/>
       <c r="F55" s="215"/>
       <c r="G55" s="279"/>
       <c r="H55" s="216"/>
       <c r="I55" s="380" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
       <c r="C56" s="215"/>
       <c r="D56" s="215"/>
       <c r="E56" s="215"/>
       <c r="F56" s="215"/>
       <c r="G56" s="279"/>
       <c r="H56" s="216"/>
       <c r="I56" s="284"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="320"/>
       <c r="B57" s="320"/>
       <c r="C57" s="320"/>
       <c r="D57" s="320"/>
       <c r="E57" s="320"/>
       <c r="F57" s="320"/>
       <c r="G57" s="279"/>
       <c r="H57" s="216"/>
       <c r="I57" s="381" t="s">
         <v>111</v>
       </c>
       <c r="J57" s="30"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="322"/>
       <c r="B58" s="323"/>
       <c r="C58" s="323"/>
       <c r="D58" s="320"/>
       <c r="E58" s="320"/>
       <c r="F58" s="320"/>
       <c r="G58" s="279"/>
       <c r="H58" s="246"/>
       <c r="I58" s="377" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J58" s="30"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A59" s="322"/>
       <c r="B59" s="323"/>
       <c r="C59" s="323"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="279"/>
       <c r="H59" s="246"/>
       <c r="I59" s="377"/>
       <c r="J59" s="30"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
       <c r="H60" s="246"/>
       <c r="I60" s="377" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J60" s="30"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A61" s="323"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
       <c r="H61" s="246"/>
       <c r="I61" s="378" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J61" s="30"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A62" s="323"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
       <c r="H62" s="246"/>
       <c r="I62" s="379"/>
       <c r="J62" s="30"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A63" s="322"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
       <c r="H63" s="246"/>
       <c r="I63" s="375" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J63" s="30"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="322"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
       <c r="H64" s="246"/>
       <c r="I64" s="377" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J64" s="30"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
       <c r="H65" s="246"/>
       <c r="I65" s="377"/>
       <c r="J65" s="30"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
       <c r="G66" s="313"/>
       <c r="H66" s="327"/>
       <c r="I66" s="375" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J66" s="30"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A67" s="32"/>
       <c r="B67" s="31"/>
       <c r="C67" s="31"/>
       <c r="D67" s="30"/>
       <c r="E67" s="30"/>
       <c r="F67" s="30"/>
       <c r="G67" s="31"/>
       <c r="H67" s="31"/>
       <c r="I67" s="30"/>
       <c r="J67" s="30"/>
     </row>
     <row r="68" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A68" s="33" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="C68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="D68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="E68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="F68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="G68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="H68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="I68" s="34" t="s">
-        <v>172</v>
+        <v>270</v>
       </c>
       <c r="J68" s="30"/>
     </row>
     <row r="69" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A69" s="41" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B69" s="41"/>
       <c r="C69" s="41"/>
       <c r="D69" s="41"/>
       <c r="E69" s="41"/>
       <c r="F69" s="41"/>
       <c r="G69" s="41"/>
       <c r="H69" s="44"/>
       <c r="I69" s="45">
         <f>SUM(B69:H69)</f>
         <v>0</v>
       </c>
       <c r="J69" s="30"/>
     </row>
     <row r="70" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A70" s="41" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B70" s="41"/>
       <c r="C70" s="41"/>
       <c r="D70" s="41"/>
       <c r="E70" s="41"/>
       <c r="F70" s="41"/>
       <c r="G70" s="41"/>
       <c r="H70" s="41"/>
       <c r="I70" s="45">
         <f t="shared" ref="I70:I77" si="0">SUM(B70:H70)</f>
         <v>0</v>
       </c>
       <c r="J70" s="30"/>
     </row>
     <row r="71" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A71" s="41" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B71" s="41"/>
       <c r="C71" s="41"/>
       <c r="D71" s="41"/>
       <c r="E71" s="41"/>
       <c r="F71" s="41"/>
       <c r="G71" s="41"/>
       <c r="H71" s="41"/>
       <c r="I71" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J71" s="30"/>
     </row>
     <row r="72" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A72" s="41" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B72" s="41"/>
       <c r="C72" s="41"/>
       <c r="D72" s="41"/>
       <c r="E72" s="41"/>
       <c r="F72" s="41"/>
       <c r="G72" s="41"/>
       <c r="H72" s="41"/>
       <c r="I72" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J72" s="30"/>
     </row>
     <row r="73" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A73" s="41" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B73" s="41"/>
       <c r="C73" s="41"/>
       <c r="D73" s="41"/>
       <c r="E73" s="41"/>
       <c r="F73" s="41"/>
       <c r="G73" s="41"/>
       <c r="H73" s="41"/>
       <c r="I73" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J73" s="30"/>
     </row>
     <row r="74" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="41" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B74" s="41"/>
       <c r="C74" s="41"/>
       <c r="D74" s="41"/>
       <c r="E74" s="41"/>
       <c r="F74" s="41"/>
       <c r="G74" s="41"/>
       <c r="H74" s="41"/>
       <c r="I74" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J74" s="30"/>
     </row>
     <row r="75" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="41" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B75" s="41"/>
       <c r="C75" s="41"/>
       <c r="D75" s="41"/>
       <c r="E75" s="41"/>
       <c r="F75" s="41"/>
       <c r="G75" s="41"/>
       <c r="H75" s="41"/>
       <c r="I75" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J75" s="30"/>
     </row>
     <row r="76" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A76" s="41" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B76" s="41"/>
       <c r="C76" s="41"/>
       <c r="D76" s="41"/>
       <c r="E76" s="41"/>
       <c r="F76" s="41"/>
       <c r="G76" s="41"/>
       <c r="H76" s="41"/>
       <c r="I76" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J76" s="30"/>
     </row>
     <row r="77" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A77" s="41" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B77" s="41"/>
       <c r="C77" s="41"/>
       <c r="D77" s="41"/>
       <c r="E77" s="41"/>
       <c r="F77" s="41"/>
       <c r="G77" s="41"/>
       <c r="H77" s="41"/>
       <c r="I77" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J77" s="30"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="30"/>
       <c r="B78" s="30"/>
       <c r="C78" s="30"/>
       <c r="D78" s="30"/>
       <c r="E78" s="30"/>
       <c r="F78" s="30"/>
       <c r="G78" s="30"/>
       <c r="H78" s="30"/>
       <c r="I78" s="30"/>
       <c r="J78" s="30"/>
     </row>
     <row r="80" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A80" s="24" t="s">
-        <v>182</v>
+        <v>279</v>
       </c>
       <c r="B80" s="16"/>
       <c r="C80" s="16"/>
     </row>
     <row r="81" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="42" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B81" s="42" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      <c r="D81" s="476"/>
+        <v>280</v>
+      </c>
+      <c r="C81" s="591" t="s">
+        <v>281</v>
+      </c>
+      <c r="D81" s="592"/>
       <c r="E81" s="83" t="s">
-        <v>185</v>
+        <v>282</v>
       </c>
       <c r="F81" s="42" t="s">
-        <v>186</v>
+        <v>283</v>
       </c>
     </row>
     <row r="82" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="36" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B82" s="36" t="e">
         <f>(I69+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="477" t="e">
+      <c r="C82" s="593" t="e">
         <f>B82/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D82" s="478"/>
+      <c r="D82" s="594"/>
       <c r="E82" s="46">
         <v>1</v>
       </c>
       <c r="F82" s="47" t="e">
         <f>(C82-E82)/E82</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="36" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B83" s="36" t="e">
         <f>(I70+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="477" t="e">
+      <c r="C83" s="593" t="e">
         <f t="shared" ref="C83:C90" si="1">B83/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D83" s="478"/>
+      <c r="D83" s="594"/>
       <c r="E83" s="36">
         <v>1</v>
       </c>
       <c r="F83" s="47" t="e">
         <f t="shared" ref="F83:F90" si="2">(C83-E83)/E83</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="84" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="36" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B84" s="36" t="e">
         <f>(I71+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="477" t="e">
+      <c r="C84" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D84" s="478"/>
+      <c r="D84" s="594"/>
       <c r="E84" s="36">
         <v>1.5</v>
       </c>
       <c r="F84" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="36" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B85" s="36" t="e">
         <f>(I72+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C85" s="477" t="e">
+      <c r="C85" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D85" s="478"/>
+      <c r="D85" s="594"/>
       <c r="E85" s="36">
         <v>2</v>
       </c>
       <c r="F85" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="86" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="36" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B86" s="36" t="e">
         <f>(I73+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C86" s="477" t="e">
+      <c r="C86" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D86" s="478"/>
+      <c r="D86" s="594"/>
       <c r="E86" s="36">
         <v>2</v>
       </c>
       <c r="F86" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="87" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="36" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B87" s="36" t="e">
         <f>(I74+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C87" s="477" t="e">
+      <c r="C87" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D87" s="478"/>
+      <c r="D87" s="594"/>
       <c r="E87" s="36">
         <v>2.5</v>
       </c>
       <c r="F87" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="36" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B88" s="46" t="e">
         <f>(I75+#REF!+'[1]2_1_aktuell_istider'!I75+'[1]2_1_aktuell_istider'!R75)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C88" s="477" t="e">
+      <c r="C88" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D88" s="478"/>
+      <c r="D88" s="594"/>
       <c r="E88" s="36">
         <v>2.5</v>
       </c>
       <c r="F88" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="36" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B89" s="46" t="e">
         <f>(I76+#REF!+'[1]2_1_aktuell_istider'!I76+'[1]2_1_aktuell_istider'!R76)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C89" s="477" t="e">
+      <c r="C89" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D89" s="478"/>
+      <c r="D89" s="594"/>
       <c r="E89" s="36">
         <v>3</v>
       </c>
       <c r="F89" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="90" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="36" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B90" s="36" t="e">
         <f>(I77+#REF!+'[1]2_1_aktuell_istider'!I77+'[1]2_1_aktuell_istider'!R77)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C90" s="477" t="e">
+      <c r="C90" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D90" s="478"/>
+      <c r="D90" s="594"/>
       <c r="E90" s="36">
         <v>3</v>
       </c>
       <c r="F90" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="C82:D82"/>
     <mergeCell ref="C83:D83"/>
     <mergeCell ref="C90:D90"/>
     <mergeCell ref="C87:D87"/>
     <mergeCell ref="C88:D88"/>
     <mergeCell ref="C89:D89"/>
     <mergeCell ref="C84:D84"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="C86:D86"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0" top="0.39370078740157483" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D15A24F-CC35-4E17-BC28-4CF93E128630}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J90"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="E55" sqref="E55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="11.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" style="1" customWidth="1"/>
     <col min="6" max="7" width="12.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.28515625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="210" t="s">
-        <v>221</v>
+        <v>317</v>
       </c>
       <c r="B1" s="211"/>
       <c r="C1" s="212"/>
       <c r="D1" s="212" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="213"/>
       <c r="F1" s="214">
         <v>2025</v>
       </c>
       <c r="G1" s="212"/>
       <c r="H1" s="215"/>
       <c r="I1" s="215"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="216"/>
       <c r="B2" s="216"/>
       <c r="C2" s="215"/>
       <c r="D2" s="216"/>
       <c r="E2" s="215"/>
       <c r="F2" s="215"/>
       <c r="G2" s="216"/>
       <c r="H2" s="215"/>
       <c r="I2" s="215"/>
     </row>
@@ -18280,749 +15561,749 @@
       </c>
       <c r="B5" s="216"/>
       <c r="C5" s="216"/>
       <c r="D5" s="233" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="216"/>
       <c r="F5" s="233" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="234" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="235" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="232" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="236"/>
       <c r="B6" s="216"/>
       <c r="C6" s="216"/>
       <c r="D6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E6" s="216"/>
       <c r="F6" s="237" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G6" s="238" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="239" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="236"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A7" s="240" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="216"/>
       <c r="C7" s="216"/>
       <c r="D7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="E7" s="216"/>
       <c r="F7" s="241" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="G7" s="238"/>
       <c r="H7" s="242" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I7" s="240" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="232" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" s="243"/>
       <c r="C8" s="216"/>
       <c r="D8" s="216"/>
       <c r="E8" s="216"/>
       <c r="F8" s="216"/>
       <c r="G8" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="222" t="s">
         <v>20</v>
       </c>
-      <c r="H8" s="222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" s="244" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="236"/>
       <c r="B9" s="216"/>
       <c r="C9" s="216"/>
       <c r="D9" s="216"/>
       <c r="E9" s="216"/>
       <c r="F9" s="216"/>
       <c r="G9" s="245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H9" s="246"/>
       <c r="I9" s="247"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="240" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" s="216"/>
       <c r="C10" s="216"/>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="216"/>
       <c r="G10" s="248" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H10" s="246" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I10" s="249" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="232" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B11" s="216"/>
       <c r="C11" s="216"/>
       <c r="D11" s="216"/>
       <c r="E11" s="216"/>
       <c r="F11" s="216"/>
       <c r="G11" s="245"/>
       <c r="H11" s="246"/>
       <c r="I11" s="244" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="236"/>
       <c r="B12" s="250"/>
       <c r="C12" s="216"/>
       <c r="D12" s="216"/>
       <c r="E12" s="216"/>
       <c r="F12" s="216"/>
       <c r="G12" s="251" t="s">
-        <v>155</v>
+        <v>254</v>
       </c>
       <c r="H12" s="246"/>
       <c r="I12" s="247"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="240" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" s="250"/>
       <c r="C13" s="216"/>
       <c r="D13" s="216"/>
       <c r="E13" s="216"/>
       <c r="F13" s="216"/>
       <c r="G13" s="252" t="s">
-        <v>195</v>
+        <v>292</v>
       </c>
       <c r="H13" s="246"/>
       <c r="I13" s="249" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="232" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" s="216"/>
       <c r="C14" s="216"/>
       <c r="D14" s="216"/>
       <c r="E14" s="216"/>
       <c r="F14" s="216"/>
       <c r="G14" s="253" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H14" s="222" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I14" s="244" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="236"/>
       <c r="B15" s="216"/>
       <c r="C15" s="216"/>
       <c r="D15" s="216"/>
       <c r="E15" s="216"/>
       <c r="F15" s="216"/>
       <c r="G15" s="252"/>
       <c r="H15" s="246"/>
       <c r="I15" s="247"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="240" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" s="216"/>
       <c r="C16" s="216"/>
       <c r="D16" s="216"/>
       <c r="E16" s="216"/>
       <c r="F16" s="216"/>
       <c r="G16" s="254" t="s">
-        <v>188</v>
+        <v>285</v>
       </c>
       <c r="H16" s="246"/>
       <c r="I16" s="249" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="232" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" s="216"/>
       <c r="C17" s="216"/>
       <c r="D17" s="216"/>
       <c r="E17" s="216"/>
       <c r="F17" s="216"/>
       <c r="G17" s="248" t="s">
-        <v>158</v>
+        <v>257</v>
       </c>
       <c r="H17" s="246" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="244" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="236"/>
       <c r="B18" s="216"/>
       <c r="C18" s="216"/>
       <c r="D18" s="216"/>
       <c r="E18" s="216"/>
       <c r="F18" s="216"/>
       <c r="G18" s="248"/>
       <c r="H18" s="246"/>
       <c r="I18" s="247"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="240" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" s="216"/>
       <c r="C19" s="216"/>
       <c r="D19" s="216"/>
       <c r="E19" s="216"/>
       <c r="F19" s="216"/>
       <c r="G19" s="255"/>
       <c r="H19" s="246"/>
       <c r="I19" s="249" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="232" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B20" s="216"/>
       <c r="C20" s="216"/>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="216"/>
       <c r="G20" s="256" t="s">
-        <v>222</v>
+        <v>318</v>
       </c>
       <c r="H20" s="246"/>
       <c r="I20" s="244" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="236"/>
       <c r="B21" s="216"/>
       <c r="C21" s="216"/>
       <c r="D21" s="216"/>
       <c r="E21" s="216"/>
       <c r="F21" s="216"/>
       <c r="G21" s="256" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H21" s="257"/>
       <c r="I21" s="247"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="240" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="216"/>
       <c r="C22" s="216"/>
       <c r="D22" s="216"/>
       <c r="E22" s="216"/>
       <c r="F22" s="216"/>
       <c r="G22" s="258" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H22" s="259"/>
       <c r="I22" s="249" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="232" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B23" s="216"/>
       <c r="C23" s="216"/>
       <c r="D23" s="216"/>
       <c r="E23" s="216"/>
       <c r="F23" s="216"/>
       <c r="G23" s="258"/>
       <c r="H23" s="246"/>
       <c r="I23" s="244" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="236"/>
       <c r="B24" s="216"/>
       <c r="C24" s="216"/>
       <c r="D24" s="216"/>
       <c r="E24" s="216"/>
       <c r="F24" s="216"/>
       <c r="G24" s="260" t="s">
-        <v>223</v>
+        <v>319</v>
       </c>
       <c r="H24" s="246"/>
       <c r="I24" s="247"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="240" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B25" s="243"/>
       <c r="C25" s="216"/>
       <c r="D25" s="216"/>
       <c r="E25" s="216"/>
       <c r="F25" s="216"/>
       <c r="G25" s="261" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="H25" s="246" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I25" s="249" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="262" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B26" s="243"/>
       <c r="C26" s="216"/>
       <c r="D26" s="216"/>
       <c r="E26" s="216"/>
       <c r="F26" s="216"/>
       <c r="G26" s="263" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H26" s="246"/>
       <c r="I26" s="244" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="264"/>
       <c r="B27" s="243"/>
       <c r="C27" s="216"/>
       <c r="D27" s="216"/>
       <c r="E27" s="216"/>
       <c r="F27" s="219" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G27" s="265"/>
       <c r="H27" s="246"/>
       <c r="I27" s="247"/>
     </row>
     <row r="28" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="266" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B28" s="243"/>
       <c r="C28" s="216"/>
       <c r="D28" s="268"/>
       <c r="E28" s="216"/>
       <c r="F28" s="269" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="270" t="s">
-        <v>225</v>
+        <v>320</v>
       </c>
       <c r="H28" s="246"/>
       <c r="I28" s="249" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="223" t="s">
         <v>51</v>
       </c>
-      <c r="B29" s="223" t="s">
+      <c r="C29" s="369" t="s">
         <v>52</v>
       </c>
-      <c r="C29" s="369" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="271" t="s">
-        <v>198</v>
+        <v>295</v>
       </c>
       <c r="E29" s="272" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="F29" s="269"/>
       <c r="G29" s="270" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="H29" s="222"/>
       <c r="I29" s="244" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="264"/>
       <c r="B30" s="279"/>
       <c r="C30" s="358" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D30" s="216"/>
       <c r="E30" s="273" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F30" s="274"/>
       <c r="G30" s="275" t="s">
-        <v>226</v>
+        <v>321</v>
       </c>
       <c r="H30" s="246"/>
       <c r="I30" s="247"/>
     </row>
     <row r="31" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="266" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B31" s="279" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="370" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D31" s="269" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="383"/>
       <c r="F31" s="274"/>
       <c r="G31" s="278"/>
       <c r="H31" s="246"/>
       <c r="I31" s="249" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="262" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B32" s="279"/>
       <c r="C32" s="359"/>
       <c r="D32" s="216"/>
       <c r="E32" s="273"/>
       <c r="F32" s="245"/>
       <c r="G32" s="216" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="H32" s="279" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I32" s="244" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="264"/>
       <c r="B33" s="279"/>
       <c r="C33" s="371" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D33" s="216"/>
       <c r="E33" s="281" t="s">
-        <v>191</v>
+        <v>288</v>
       </c>
       <c r="F33" s="245"/>
       <c r="G33" s="216"/>
       <c r="H33" s="279"/>
       <c r="I33" s="247"/>
     </row>
     <row r="34" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="266" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B34" s="279"/>
       <c r="C34" s="356" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D34" s="268"/>
       <c r="E34" s="282" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="245"/>
       <c r="G34" s="216"/>
       <c r="H34" s="279"/>
       <c r="I34" s="249" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="262" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B35" s="374"/>
       <c r="C35" s="372"/>
       <c r="D35" s="285" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E35" s="384"/>
       <c r="F35" s="220" t="s">
-        <v>227</v>
+        <v>322</v>
       </c>
       <c r="G35" s="271"/>
       <c r="H35" s="286"/>
       <c r="I35" s="232" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="264"/>
       <c r="B36" s="313"/>
       <c r="C36" s="373"/>
       <c r="D36" s="288" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E36" s="289"/>
       <c r="F36" s="245"/>
       <c r="G36" s="216"/>
       <c r="H36" s="243"/>
       <c r="I36" s="236"/>
     </row>
     <row r="37" spans="1:9" ht="12" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="273" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="258" t="s">
         <v>74</v>
       </c>
-      <c r="B37" s="273" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="258" t="s">
+      <c r="D37" s="290" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="291" t="s">
+        <v>290</v>
+      </c>
+      <c r="F37" s="248" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G37" s="268"/>
       <c r="H37" s="220"/>
       <c r="I37" s="249" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="262" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B38" s="273" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C38" s="258" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D38" s="288"/>
       <c r="E38" s="274" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F38" s="245"/>
       <c r="G38" s="216"/>
       <c r="H38" s="245"/>
       <c r="I38" s="244" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="264"/>
       <c r="B39" s="292" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C39" s="258" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D39" s="219" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E39" s="269"/>
       <c r="F39" s="245" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="G39" s="216"/>
       <c r="H39" s="245"/>
       <c r="I39" s="247"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="293" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40" s="258"/>
       <c r="D40" s="269" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E40" s="291"/>
       <c r="F40" s="245"/>
       <c r="G40" s="216"/>
       <c r="H40" s="245"/>
       <c r="I40" s="249" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="262" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B41" s="293" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C41" s="294" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D41" s="216">
         <v>3</v>
       </c>
       <c r="E41" s="295" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F41" s="245" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G41" s="216"/>
       <c r="H41" s="245"/>
       <c r="I41" s="244" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="264"/>
       <c r="B42" s="296">
         <v>4</v>
       </c>
       <c r="C42" s="275" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D42" s="297"/>
       <c r="E42" s="298" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F42" s="245"/>
       <c r="G42" s="216"/>
       <c r="H42" s="267"/>
       <c r="I42" s="247"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="266" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B43" s="299" t="s">
-        <v>219</v>
+        <v>315</v>
       </c>
       <c r="C43" s="300" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D43" s="301" t="s">
-        <v>219</v>
+        <v>315</v>
       </c>
       <c r="E43" s="302"/>
       <c r="F43" s="245" t="s">
-        <v>139</v>
+        <v>98</v>
       </c>
       <c r="G43" s="216"/>
       <c r="H43" s="279"/>
       <c r="I43" s="249" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="232" t="s">
         <v>100</v>
       </c>
       <c r="B44" s="303" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C44" s="237" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D44" s="301" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E44" s="304" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F44" s="245"/>
       <c r="G44" s="216"/>
       <c r="H44" s="279"/>
       <c r="I44" s="244" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="305"/>
       <c r="B45" s="306" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C45" s="233" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D45" s="301">
         <v>4</v>
       </c>
       <c r="E45" s="308" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F45" s="309"/>
       <c r="G45" s="216"/>
       <c r="H45" s="279"/>
       <c r="I45" s="310"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="240" t="s">
         <v>105</v>
       </c>
       <c r="B46" s="311"/>
       <c r="C46" s="237">
         <v>4</v>
       </c>
       <c r="D46" s="312"/>
       <c r="E46" s="308"/>
       <c r="F46" s="267"/>
       <c r="G46" s="268"/>
       <c r="H46" s="313"/>
       <c r="I46" s="249" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="314"/>
@@ -19036,738 +16317,738 @@
       <c r="I47" s="314"/>
     </row>
     <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="317"/>
       <c r="B48" s="317"/>
       <c r="C48" s="215"/>
       <c r="D48" s="215"/>
       <c r="E48" s="215"/>
       <c r="F48" s="215"/>
       <c r="G48" s="317" t="s">
         <v>106</v>
       </c>
       <c r="H48" s="215"/>
       <c r="I48" s="215"/>
     </row>
     <row r="49" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A49" s="314"/>
       <c r="B49" s="215"/>
       <c r="C49" s="215"/>
       <c r="D49" s="215"/>
       <c r="E49" s="215"/>
       <c r="F49" s="215"/>
       <c r="G49" s="217"/>
       <c r="H49" s="222"/>
       <c r="I49" s="318" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A50" s="314"/>
       <c r="B50" s="215"/>
       <c r="C50" s="216"/>
       <c r="D50" s="215"/>
       <c r="E50" s="216"/>
       <c r="F50" s="215"/>
       <c r="G50" s="279"/>
       <c r="H50" s="246"/>
       <c r="I50" s="310"/>
     </row>
     <row r="51" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="314"/>
       <c r="B51" s="215"/>
       <c r="C51" s="215"/>
       <c r="D51" s="215"/>
       <c r="E51" s="319"/>
       <c r="F51" s="215"/>
       <c r="G51" s="305"/>
       <c r="H51" s="246"/>
       <c r="I51" s="310" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A52" s="314"/>
       <c r="B52" s="215"/>
       <c r="C52" s="215"/>
       <c r="D52" s="216"/>
       <c r="E52" s="319"/>
       <c r="F52" s="215"/>
       <c r="G52" s="305"/>
       <c r="H52" s="246"/>
       <c r="I52" s="318" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A53" s="314"/>
       <c r="B53" s="215"/>
       <c r="C53" s="216"/>
       <c r="D53" s="216"/>
       <c r="E53" s="216"/>
       <c r="F53" s="215"/>
       <c r="G53" s="279"/>
       <c r="H53" s="246"/>
       <c r="I53" s="310"/>
     </row>
     <row r="54" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A54" s="314"/>
       <c r="B54" s="216"/>
       <c r="C54" s="216"/>
       <c r="D54" s="216"/>
       <c r="E54" s="216"/>
       <c r="F54" s="215"/>
       <c r="G54" s="279"/>
       <c r="H54" s="246"/>
       <c r="I54" s="310" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A55" s="314"/>
       <c r="B55" s="216"/>
       <c r="C55" s="215"/>
       <c r="D55" s="215"/>
       <c r="E55" s="215"/>
       <c r="F55" s="215"/>
       <c r="G55" s="279"/>
       <c r="H55" s="246"/>
       <c r="I55" s="318" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A56" s="314"/>
       <c r="B56" s="216"/>
       <c r="C56" s="215"/>
       <c r="D56" s="215"/>
       <c r="E56" s="215"/>
       <c r="F56" s="215"/>
       <c r="G56" s="279"/>
       <c r="H56" s="246"/>
       <c r="I56" s="310"/>
     </row>
     <row r="57" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A57" s="320"/>
       <c r="B57" s="320"/>
       <c r="C57" s="320"/>
       <c r="D57" s="320"/>
       <c r="E57" s="320"/>
       <c r="F57" s="320"/>
       <c r="G57" s="279"/>
       <c r="H57" s="246"/>
       <c r="I57" s="376" t="s">
         <v>111</v>
       </c>
       <c r="J57" s="30"/>
     </row>
     <row r="58" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A58" s="322"/>
       <c r="B58" s="323"/>
       <c r="C58" s="323"/>
       <c r="D58" s="320"/>
       <c r="E58" s="320"/>
       <c r="F58" s="320"/>
       <c r="G58" s="279"/>
       <c r="H58" s="246"/>
       <c r="I58" s="310" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J58" s="30"/>
     </row>
     <row r="59" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A59" s="322"/>
       <c r="B59" s="323"/>
       <c r="C59" s="323"/>
       <c r="D59" s="320"/>
       <c r="E59" s="320"/>
       <c r="F59" s="320"/>
       <c r="G59" s="279"/>
       <c r="H59" s="246"/>
       <c r="I59" s="310"/>
       <c r="J59" s="30"/>
     </row>
     <row r="60" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A60" s="322"/>
       <c r="B60" s="323"/>
       <c r="C60" s="323"/>
       <c r="D60" s="320"/>
       <c r="E60" s="320"/>
       <c r="F60" s="320"/>
       <c r="G60" s="279"/>
       <c r="H60" s="246"/>
       <c r="I60" s="310" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J60" s="30"/>
     </row>
     <row r="61" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A61" s="323"/>
       <c r="B61" s="323"/>
       <c r="C61" s="323"/>
       <c r="D61" s="320"/>
       <c r="E61" s="320"/>
       <c r="F61" s="320"/>
       <c r="G61" s="279"/>
       <c r="H61" s="246"/>
       <c r="I61" s="318" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J61" s="30"/>
     </row>
     <row r="62" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A62" s="323"/>
       <c r="B62" s="323"/>
       <c r="C62" s="323"/>
       <c r="D62" s="320"/>
       <c r="E62" s="320"/>
       <c r="F62" s="320"/>
       <c r="G62" s="279"/>
       <c r="H62" s="246"/>
       <c r="I62" s="305"/>
       <c r="J62" s="30"/>
     </row>
     <row r="63" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A63" s="322"/>
       <c r="B63" s="323"/>
       <c r="C63" s="323"/>
       <c r="D63" s="320"/>
       <c r="E63" s="320"/>
       <c r="F63" s="320"/>
       <c r="G63" s="279"/>
       <c r="H63" s="246"/>
       <c r="I63" s="376" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J63" s="30"/>
     </row>
     <row r="64" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A64" s="322"/>
       <c r="B64" s="323"/>
       <c r="C64" s="323"/>
       <c r="D64" s="320"/>
       <c r="E64" s="320"/>
       <c r="F64" s="320"/>
       <c r="G64" s="279"/>
       <c r="H64" s="246"/>
       <c r="I64" s="310" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J64" s="30"/>
     </row>
     <row r="65" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A65" s="322"/>
       <c r="B65" s="323"/>
       <c r="C65" s="323"/>
       <c r="D65" s="320"/>
       <c r="E65" s="320"/>
       <c r="F65" s="320"/>
       <c r="G65" s="279"/>
       <c r="H65" s="246"/>
       <c r="I65" s="310"/>
       <c r="J65" s="30"/>
     </row>
     <row r="66" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A66" s="322"/>
       <c r="B66" s="323"/>
       <c r="C66" s="323"/>
       <c r="D66" s="320"/>
       <c r="E66" s="320"/>
       <c r="F66" s="320"/>
       <c r="G66" s="313"/>
       <c r="H66" s="327"/>
       <c r="I66" s="376" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J66" s="30"/>
     </row>
     <row r="67" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A67" s="32"/>
       <c r="B67" s="31"/>
       <c r="C67" s="31"/>
       <c r="D67" s="30"/>
       <c r="E67" s="30"/>
       <c r="F67" s="30"/>
       <c r="G67" s="31"/>
       <c r="H67" s="31"/>
       <c r="I67" s="30"/>
       <c r="J67" s="30"/>
     </row>
     <row r="68" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A68" s="33" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="C68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="D68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="E68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="F68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="G68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="H68" s="33" t="s">
-        <v>171</v>
+        <v>269</v>
       </c>
       <c r="I68" s="34" t="s">
-        <v>172</v>
+        <v>270</v>
       </c>
       <c r="J68" s="30"/>
     </row>
     <row r="69" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A69" s="41" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B69" s="41"/>
       <c r="C69" s="41"/>
       <c r="D69" s="41"/>
       <c r="E69" s="41"/>
       <c r="F69" s="41"/>
       <c r="G69" s="41"/>
       <c r="H69" s="44"/>
       <c r="I69" s="45">
         <f>SUM(B69:H69)</f>
         <v>0</v>
       </c>
       <c r="J69" s="30"/>
     </row>
     <row r="70" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A70" s="41" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B70" s="41"/>
       <c r="C70" s="41"/>
       <c r="D70" s="41"/>
       <c r="E70" s="41"/>
       <c r="F70" s="41"/>
       <c r="G70" s="41"/>
       <c r="H70" s="41"/>
       <c r="I70" s="45">
         <f t="shared" ref="I70:I77" si="0">SUM(B70:H70)</f>
         <v>0</v>
       </c>
       <c r="J70" s="30"/>
     </row>
     <row r="71" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A71" s="41" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B71" s="41"/>
       <c r="C71" s="41"/>
       <c r="D71" s="41"/>
       <c r="E71" s="41"/>
       <c r="F71" s="41"/>
       <c r="G71" s="41"/>
       <c r="H71" s="41"/>
       <c r="I71" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J71" s="30"/>
     </row>
     <row r="72" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A72" s="41" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B72" s="41"/>
       <c r="C72" s="41"/>
       <c r="D72" s="41"/>
       <c r="E72" s="41"/>
       <c r="F72" s="41"/>
       <c r="G72" s="41"/>
       <c r="H72" s="41"/>
       <c r="I72" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J72" s="30"/>
     </row>
     <row r="73" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A73" s="41" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B73" s="41"/>
       <c r="C73" s="41"/>
       <c r="D73" s="41"/>
       <c r="E73" s="41"/>
       <c r="F73" s="41"/>
       <c r="G73" s="41"/>
       <c r="H73" s="41"/>
       <c r="I73" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J73" s="30"/>
     </row>
     <row r="74" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="41" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B74" s="41"/>
       <c r="C74" s="41"/>
       <c r="D74" s="41"/>
       <c r="E74" s="41"/>
       <c r="F74" s="41"/>
       <c r="G74" s="41"/>
       <c r="H74" s="41"/>
       <c r="I74" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J74" s="30"/>
     </row>
     <row r="75" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="41" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B75" s="41"/>
       <c r="C75" s="41"/>
       <c r="D75" s="41"/>
       <c r="E75" s="41"/>
       <c r="F75" s="41"/>
       <c r="G75" s="41"/>
       <c r="H75" s="41"/>
       <c r="I75" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J75" s="30"/>
     </row>
     <row r="76" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A76" s="41" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B76" s="41"/>
       <c r="C76" s="41"/>
       <c r="D76" s="41"/>
       <c r="E76" s="41"/>
       <c r="F76" s="41"/>
       <c r="G76" s="41"/>
       <c r="H76" s="41"/>
       <c r="I76" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J76" s="30"/>
     </row>
     <row r="77" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A77" s="41" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B77" s="41"/>
       <c r="C77" s="41"/>
       <c r="D77" s="41"/>
       <c r="E77" s="41"/>
       <c r="F77" s="41"/>
       <c r="G77" s="41"/>
       <c r="H77" s="41"/>
       <c r="I77" s="45">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J77" s="30"/>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="30"/>
       <c r="B78" s="30"/>
       <c r="C78" s="30"/>
       <c r="D78" s="30"/>
       <c r="E78" s="30"/>
       <c r="F78" s="30"/>
       <c r="G78" s="30"/>
       <c r="H78" s="30"/>
       <c r="I78" s="30"/>
       <c r="J78" s="30"/>
     </row>
     <row r="80" spans="1:10" hidden="1" x14ac:dyDescent="0.2">
       <c r="A80" s="24" t="s">
-        <v>182</v>
+        <v>279</v>
       </c>
       <c r="B80" s="16"/>
       <c r="C80" s="16"/>
     </row>
     <row r="81" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="42" t="s">
-        <v>170</v>
+        <v>268</v>
       </c>
       <c r="B81" s="42" t="s">
-        <v>183</v>
-[...4 lines deleted...]
-      <c r="D81" s="476"/>
+        <v>280</v>
+      </c>
+      <c r="C81" s="591" t="s">
+        <v>281</v>
+      </c>
+      <c r="D81" s="592"/>
       <c r="E81" s="83" t="s">
-        <v>185</v>
+        <v>282</v>
       </c>
       <c r="F81" s="42" t="s">
-        <v>186</v>
+        <v>283</v>
       </c>
     </row>
     <row r="82" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="36" t="s">
-        <v>173</v>
+        <v>271</v>
       </c>
       <c r="B82" s="36" t="e">
         <f>(I69+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C82" s="477" t="e">
+      <c r="C82" s="593" t="e">
         <f>B82/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D82" s="478"/>
+      <c r="D82" s="594"/>
       <c r="E82" s="46">
         <v>1</v>
       </c>
       <c r="F82" s="47" t="e">
         <f>(C82-E82)/E82</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="83" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="36" t="s">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B83" s="36" t="e">
         <f>(I70+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C83" s="477" t="e">
+      <c r="C83" s="593" t="e">
         <f t="shared" ref="C83:C90" si="1">B83/50</f>
         <v>#REF!</v>
       </c>
-      <c r="D83" s="478"/>
+      <c r="D83" s="594"/>
       <c r="E83" s="36">
         <v>1</v>
       </c>
       <c r="F83" s="47" t="e">
         <f t="shared" ref="F83:F90" si="2">(C83-E83)/E83</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="84" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="36" t="s">
-        <v>175</v>
+        <v>273</v>
       </c>
       <c r="B84" s="36" t="e">
         <f>(I71+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C84" s="477" t="e">
+      <c r="C84" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D84" s="478"/>
+      <c r="D84" s="594"/>
       <c r="E84" s="36">
         <v>1.5</v>
       </c>
       <c r="F84" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="36" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B85" s="36" t="e">
         <f>(I72+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C85" s="477" t="e">
+      <c r="C85" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D85" s="478"/>
+      <c r="D85" s="594"/>
       <c r="E85" s="36">
         <v>2</v>
       </c>
       <c r="F85" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="86" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="36" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B86" s="36" t="e">
         <f>(I73+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C86" s="477" t="e">
+      <c r="C86" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D86" s="478"/>
+      <c r="D86" s="594"/>
       <c r="E86" s="36">
         <v>2</v>
       </c>
       <c r="F86" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="87" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="36" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="B87" s="36" t="e">
         <f>(I74+#REF!+#REF!+#REF!)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C87" s="477" t="e">
+      <c r="C87" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D87" s="478"/>
+      <c r="D87" s="594"/>
       <c r="E87" s="36">
         <v>2.5</v>
       </c>
       <c r="F87" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="36" t="s">
-        <v>179</v>
+        <v>276</v>
       </c>
       <c r="B88" s="46" t="e">
         <f>(I75+#REF!+'[1]2_1_aktuell_istider'!I75+'[1]2_1_aktuell_istider'!R75)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C88" s="477" t="e">
+      <c r="C88" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D88" s="478"/>
+      <c r="D88" s="594"/>
       <c r="E88" s="36">
         <v>2.5</v>
       </c>
       <c r="F88" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="36" t="s">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="B89" s="46" t="e">
         <f>(I76+#REF!+'[1]2_1_aktuell_istider'!I76+'[1]2_1_aktuell_istider'!R76)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C89" s="477" t="e">
+      <c r="C89" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D89" s="478"/>
+      <c r="D89" s="594"/>
       <c r="E89" s="36">
         <v>3</v>
       </c>
       <c r="F89" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
     <row r="90" spans="1:6" ht="11.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="36" t="s">
-        <v>181</v>
+        <v>278</v>
       </c>
       <c r="B90" s="36" t="e">
         <f>(I77+#REF!+'[1]2_1_aktuell_istider'!I77+'[1]2_1_aktuell_istider'!R77)/4</f>
         <v>#REF!</v>
       </c>
-      <c r="C90" s="477" t="e">
+      <c r="C90" s="593" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="D90" s="478"/>
+      <c r="D90" s="594"/>
       <c r="E90" s="36">
         <v>3</v>
       </c>
       <c r="F90" s="47" t="e">
         <f t="shared" si="2"/>
         <v>#REF!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="C82:D82"/>
     <mergeCell ref="C83:D83"/>
     <mergeCell ref="C90:D90"/>
     <mergeCell ref="C87:D87"/>
     <mergeCell ref="C88:D88"/>
     <mergeCell ref="C89:D89"/>
     <mergeCell ref="C84:D84"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="C86:D86"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E3A1CA2-B0AB-4573-84CF-67BE0015DB83}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I47"/>
   <sheetViews>
-    <sheetView topLeftCell="A12" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="F46" sqref="F46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="6" max="6" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="18" t="s">
-        <v>229</v>
+        <v>323</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15" t="s">
-        <v>230</v>
+        <v>324</v>
       </c>
       <c r="E1" s="27"/>
       <c r="F1" s="15">
         <v>2025</v>
       </c>
       <c r="G1" s="15"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="16"/>
       <c r="B2" s="16"/>
       <c r="C2" s="1"/>
       <c r="D2" s="16"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="16"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A3" s="178" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="97" t="s">
@@ -19822,686 +17103,686 @@
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A5" s="168" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1"/>
       <c r="D5" s="127" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="16"/>
       <c r="F5" s="153" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="97" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="202"/>
       <c r="I5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" s="169"/>
       <c r="B6" s="16"/>
       <c r="D6" s="105" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="109" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G6" s="93" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="16"/>
       <c r="I6" s="6"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A7" s="170" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="16"/>
       <c r="D7" s="107" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="142" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="G7" s="93"/>
       <c r="H7" s="81"/>
       <c r="I7" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="171" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="131" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H8" s="38"/>
       <c r="I8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A9" s="169"/>
       <c r="B9" s="16"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="16"/>
       <c r="G9" s="93" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H9" s="136"/>
       <c r="I9" s="8"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="170" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" s="16"/>
       <c r="D10" s="16"/>
       <c r="E10" s="16"/>
       <c r="F10" s="16"/>
       <c r="G10" s="98" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H10" s="119"/>
       <c r="I10" s="9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" s="171" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B11" s="1"/>
       <c r="D11" s="16"/>
       <c r="E11" s="16"/>
       <c r="F11" s="16"/>
       <c r="G11" s="93"/>
       <c r="H11" s="119"/>
       <c r="I11" s="7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" s="169"/>
       <c r="B12" s="16"/>
       <c r="D12" s="16"/>
       <c r="E12" s="16"/>
       <c r="F12" s="16"/>
       <c r="G12" s="135" t="s">
-        <v>231</v>
+        <v>325</v>
       </c>
       <c r="H12" s="119"/>
       <c r="I12" s="8"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" s="170" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="102" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="136"/>
       <c r="I13" s="9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="171" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" s="16"/>
       <c r="D14" s="16"/>
       <c r="E14" s="16"/>
       <c r="F14" s="16"/>
       <c r="G14" s="199" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H14" s="131" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I14" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="169"/>
       <c r="B15" s="16"/>
       <c r="D15" s="16"/>
       <c r="E15" s="16"/>
       <c r="F15" s="16"/>
       <c r="G15" s="192"/>
       <c r="H15" s="98"/>
       <c r="I15" s="8"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" s="170" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" s="16"/>
       <c r="C16" s="154"/>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="193"/>
       <c r="H16" s="98" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="9" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="171" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" s="16"/>
       <c r="C17" s="154"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="16"/>
       <c r="G17" s="131" t="s">
-        <v>232</v>
+        <v>326</v>
       </c>
       <c r="H17" s="119"/>
       <c r="I17" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="169"/>
       <c r="B18" s="16"/>
       <c r="C18" s="154"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
       <c r="G18" s="98" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H18" s="119"/>
       <c r="I18" s="8"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="170" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B19" s="16"/>
       <c r="C19" s="154"/>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="114"/>
       <c r="H19" s="119"/>
       <c r="I19" s="9" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="171" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B20" s="16"/>
       <c r="C20" s="154"/>
       <c r="D20" s="16"/>
       <c r="E20" s="16"/>
       <c r="F20" s="16"/>
       <c r="G20" s="93"/>
       <c r="H20" s="119"/>
       <c r="I20" s="7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="169"/>
       <c r="B21" s="16"/>
       <c r="C21" s="154"/>
       <c r="D21" s="16"/>
       <c r="E21" s="16"/>
       <c r="F21" s="16"/>
       <c r="G21" s="93"/>
       <c r="H21" s="120"/>
       <c r="I21" s="8"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="169" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="16"/>
       <c r="C22" s="154"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="94"/>
       <c r="H22" s="132"/>
       <c r="I22" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="168" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B23" s="16"/>
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="93" t="s">
-        <v>233</v>
+        <v>327</v>
       </c>
       <c r="H23" s="93" t="s">
-        <v>234</v>
+        <v>328</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="169"/>
       <c r="B24" s="16"/>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="93" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="H24" s="93" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I24" s="8"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="170" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B25" s="16"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="93"/>
       <c r="H25" s="93"/>
       <c r="I25" s="9" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="171" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B26" s="16"/>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
       <c r="E26" s="16"/>
       <c r="F26" s="78" t="s">
-        <v>235</v>
+        <v>329</v>
       </c>
       <c r="G26" s="93" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="H26" s="119" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="I26" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="169"/>
       <c r="B27" s="16"/>
       <c r="C27" s="16"/>
       <c r="D27" s="16"/>
       <c r="E27" s="16"/>
       <c r="F27" s="37" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="93"/>
       <c r="H27" s="119"/>
       <c r="I27" s="8"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="172" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="37"/>
       <c r="G28" s="93" t="s">
-        <v>236</v>
+        <v>330</v>
       </c>
       <c r="H28" s="119" t="s">
-        <v>237</v>
+        <v>331</v>
       </c>
       <c r="I28" s="9" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="12" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B29" s="97" t="s">
-        <v>198</v>
+        <v>295</v>
       </c>
       <c r="C29" s="150"/>
       <c r="D29" s="97" t="s">
-        <v>198</v>
+        <v>295</v>
       </c>
       <c r="E29" s="195" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F29" s="37"/>
       <c r="G29" s="93"/>
       <c r="H29" s="119"/>
       <c r="I29" s="7" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="12"/>
       <c r="B30" s="93" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="128" t="s">
-        <v>238</v>
+        <v>332</v>
       </c>
       <c r="D30" s="119" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="196" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="37"/>
       <c r="G30" s="93" t="s">
-        <v>239</v>
+        <v>333</v>
       </c>
       <c r="H30" s="119" t="s">
-        <v>240</v>
+        <v>334</v>
       </c>
       <c r="I30" s="8"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B31" s="98"/>
       <c r="C31" s="106" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D31" s="119"/>
       <c r="E31" s="197" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F31" s="37"/>
       <c r="G31" s="94"/>
       <c r="H31" s="119"/>
       <c r="I31" s="9" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="11" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B32" s="93"/>
       <c r="C32" s="106" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D32" s="16"/>
       <c r="E32" s="130" t="s">
-        <v>201</v>
+        <v>298</v>
       </c>
       <c r="F32" s="16"/>
       <c r="G32" s="93"/>
       <c r="H32" s="132"/>
       <c r="I32" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="12"/>
       <c r="B33" s="93"/>
       <c r="C33" s="106"/>
       <c r="D33" s="16"/>
       <c r="E33" s="100" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F33" s="16"/>
       <c r="G33" s="93"/>
       <c r="H33" s="119"/>
       <c r="I33" s="8"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="13" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B34" s="94"/>
       <c r="C34" s="151" t="s">
-        <v>241</v>
+        <v>335</v>
       </c>
       <c r="D34" s="16"/>
       <c r="E34" s="134" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F34" s="16"/>
       <c r="G34" s="93"/>
       <c r="H34" s="119"/>
       <c r="I34" s="9" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="153" t="s">
+        <v>303</v>
+      </c>
+      <c r="C35" s="113" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="147" t="s">
         <v>67</v>
       </c>
-      <c r="B35" s="153" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E35" s="188" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F35" s="176" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G35" s="93"/>
       <c r="H35" s="119"/>
       <c r="I35" s="7" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="12"/>
       <c r="B36" s="109" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C36" s="95"/>
       <c r="D36" s="103" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E36" s="16" t="s">
-        <v>209</v>
+        <v>127</v>
       </c>
       <c r="F36" s="134" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G36" s="93"/>
       <c r="H36" s="119"/>
       <c r="I36" s="8"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="13" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B37" s="109" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="C37" s="95"/>
       <c r="D37" s="106" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E37" s="84"/>
       <c r="F37" s="134" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G37" s="93"/>
       <c r="H37" s="119"/>
       <c r="I37" s="9" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B38" s="97" t="s">
-        <v>242</v>
+        <v>336</v>
       </c>
       <c r="C38" s="16"/>
       <c r="D38" s="104"/>
       <c r="E38" s="84"/>
       <c r="F38" s="100"/>
       <c r="G38" s="93"/>
       <c r="H38" s="119"/>
       <c r="I38" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="12"/>
       <c r="B39" s="93" t="s">
-        <v>243</v>
+        <v>337</v>
       </c>
       <c r="C39" s="209" t="s">
-        <v>244</v>
+        <v>338</v>
       </c>
       <c r="D39" s="105" t="s">
-        <v>245</v>
+        <v>339</v>
       </c>
       <c r="E39" s="183" t="s">
-        <v>246</v>
+        <v>340</v>
       </c>
       <c r="F39" s="182"/>
       <c r="G39" s="93"/>
       <c r="H39" s="119"/>
       <c r="I39" s="6"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B40" s="114" t="s">
-        <v>164</v>
+        <v>263</v>
       </c>
       <c r="C40" s="206" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D40" s="115" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E40" s="189" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F40" s="156" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G40" s="93"/>
       <c r="H40" s="132"/>
       <c r="I40" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B41" s="95"/>
       <c r="C41" s="149" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D41" s="105">
         <v>4</v>
       </c>
       <c r="E41" s="190" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="F41" s="145" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G41" s="93"/>
       <c r="H41" s="136"/>
       <c r="I41" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="12"/>
       <c r="B42" s="95"/>
       <c r="C42" s="207"/>
       <c r="D42" s="105"/>
       <c r="F42" s="149" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="93"/>
       <c r="H42" s="119"/>
       <c r="I42" s="6"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="13" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B43" s="113"/>
       <c r="C43" s="208"/>
       <c r="D43" s="203"/>
       <c r="F43" s="198"/>
       <c r="G43" s="93"/>
       <c r="H43" s="119"/>
       <c r="I43" s="3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="11" t="s">
         <v>100</v>
       </c>
       <c r="B44" s="96"/>
       <c r="C44" s="208"/>
       <c r="D44" s="200"/>
       <c r="F44" s="95"/>
       <c r="G44" s="93"/>
       <c r="H44" s="119"/>
       <c r="I44" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="40"/>
       <c r="B45" s="113"/>
       <c r="C45" s="208"/>
       <c r="D45" s="200"/>
       <c r="F45" s="95"/>
       <c r="G45" s="93"/>
       <c r="H45" s="119"/>
       <c r="I45" s="5"/>
@@ -20509,72 +17790,13402 @@
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="13" t="s">
         <v>105</v>
       </c>
       <c r="B46" s="116"/>
       <c r="C46" s="116"/>
       <c r="D46" s="114"/>
       <c r="E46" s="85"/>
       <c r="F46" s="152"/>
       <c r="G46" s="94"/>
       <c r="H46" s="132"/>
       <c r="I46" s="3" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="51"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="14"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8264EC06-7B46-4B0D-B5F4-400AC4CA30B7}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="K40" sqref="K40"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="6" max="6" width="9.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="18" t="s">
+        <v>341</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="E1" s="27"/>
+      <c r="F1" s="15">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="15"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="16"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="178" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="97" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="136" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="123" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="39" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="180"/>
+      <c r="B4" s="121">
+        <v>45901</v>
+      </c>
+      <c r="C4" s="179">
+        <v>45902</v>
+      </c>
+      <c r="D4" s="144">
+        <v>45903</v>
+      </c>
+      <c r="E4" s="112">
+        <v>45904</v>
+      </c>
+      <c r="F4" s="73">
+        <v>45905</v>
+      </c>
+      <c r="G4" s="73">
+        <v>45906</v>
+      </c>
+      <c r="H4" s="73">
+        <v>45907</v>
+      </c>
+      <c r="I4" s="43"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="168" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1"/>
+      <c r="D5" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="16"/>
+      <c r="F5" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="139" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="38"/>
+      <c r="I5" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="169"/>
+      <c r="B6" s="16"/>
+      <c r="D6" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="16"/>
+      <c r="F6" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="G6" s="140" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="16"/>
+      <c r="I6" s="6"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="170" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="16"/>
+      <c r="D7" s="107" t="s">
+        <v>253</v>
+      </c>
+      <c r="E7" s="16"/>
+      <c r="F7" s="107" t="s">
+        <v>253</v>
+      </c>
+      <c r="G7" s="140"/>
+      <c r="H7" s="81"/>
+      <c r="I7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="171" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="16"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="161" t="s">
+        <v>342</v>
+      </c>
+      <c r="H8" s="97" t="s">
+        <v>19</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="169"/>
+      <c r="B9" s="16"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="16"/>
+      <c r="G9" s="95" t="s">
+        <v>257</v>
+      </c>
+      <c r="H9" s="93" t="s">
+        <v>127</v>
+      </c>
+      <c r="I9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="170" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="113"/>
+      <c r="H10" s="93"/>
+      <c r="I10" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="171" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16"/>
+      <c r="F11" s="16"/>
+      <c r="G11" s="191" t="s">
+        <v>343</v>
+      </c>
+      <c r="H11" s="93"/>
+      <c r="I11" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="169"/>
+      <c r="B12" s="16"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="16"/>
+      <c r="G12" s="192" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="97" t="s">
+        <v>344</v>
+      </c>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="170" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="193" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="200"/>
+      <c r="I13" s="9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="171" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="16"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="194"/>
+      <c r="H14" s="93" t="s">
+        <v>14</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="169"/>
+      <c r="B15" s="16"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
+      <c r="G15" s="138" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="93"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="170" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="154"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="143" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16" s="93"/>
+      <c r="I16" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="171" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="16"/>
+      <c r="C17" s="154"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="16"/>
+      <c r="G17" s="143" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="93"/>
+      <c r="I17" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="169"/>
+      <c r="B18" s="16"/>
+      <c r="C18" s="154"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="16"/>
+      <c r="G18" s="143"/>
+      <c r="H18" s="93"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="170" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="16"/>
+      <c r="C19" s="154"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+      <c r="G19" s="161" t="s">
+        <v>345</v>
+      </c>
+      <c r="H19" s="93"/>
+      <c r="I19" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="171" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="16"/>
+      <c r="C20" s="154"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="95" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" s="93"/>
+      <c r="I20" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="169"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="154"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="152"/>
+      <c r="H21" s="98"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="169" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="16"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+      <c r="G22" s="129" t="s">
+        <v>346</v>
+      </c>
+      <c r="H22" s="94"/>
+      <c r="I22" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="168" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="16"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="129" t="s">
+        <v>86</v>
+      </c>
+      <c r="H23" s="93" t="s">
+        <v>328</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="169"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+      <c r="G24" s="129"/>
+      <c r="H24" s="93" t="s">
+        <v>29</v>
+      </c>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="170" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="16"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="129"/>
+      <c r="H25" s="93"/>
+      <c r="I25" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="171" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="16"/>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="78" t="s">
+        <v>329</v>
+      </c>
+      <c r="G26" s="128" t="s">
+        <v>347</v>
+      </c>
+      <c r="H26" s="119" t="s">
+        <v>218</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="169"/>
+      <c r="B27" s="16"/>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="106" t="s">
+        <v>90</v>
+      </c>
+      <c r="H27" s="119"/>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="172" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="16"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="37"/>
+      <c r="G28" s="106" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" s="119" t="s">
+        <v>348</v>
+      </c>
+      <c r="I28" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="97" t="s">
+        <v>295</v>
+      </c>
+      <c r="C29" s="150"/>
+      <c r="D29" s="97" t="s">
+        <v>295</v>
+      </c>
+      <c r="E29" s="195" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="37"/>
+      <c r="G29" s="104"/>
+      <c r="H29" s="119" t="s">
+        <v>349</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="12"/>
+      <c r="B30" s="93" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="128" t="s">
+        <v>332</v>
+      </c>
+      <c r="D30" s="119" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="196" t="s">
+        <v>15</v>
+      </c>
+      <c r="F30" s="37"/>
+      <c r="G30" s="93"/>
+      <c r="H30" s="119"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="98"/>
+      <c r="C31" s="106" t="s">
+        <v>90</v>
+      </c>
+      <c r="D31" s="119"/>
+      <c r="E31" s="197" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" s="37"/>
+      <c r="G31" s="93"/>
+      <c r="H31" s="119" t="s">
+        <v>334</v>
+      </c>
+      <c r="I31" s="9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="93"/>
+      <c r="C32" s="106" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" s="16"/>
+      <c r="E32" s="130" t="s">
+        <v>298</v>
+      </c>
+      <c r="F32" s="16"/>
+      <c r="G32" s="93"/>
+      <c r="H32" s="132"/>
+      <c r="I32" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="12"/>
+      <c r="B33" s="93"/>
+      <c r="C33" s="106"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="100" t="s">
+        <v>55</v>
+      </c>
+      <c r="F33" s="16"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="119"/>
+      <c r="I33" s="8"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="94"/>
+      <c r="C34" s="151" t="s">
+        <v>335</v>
+      </c>
+      <c r="D34" s="16"/>
+      <c r="E34" s="134" t="s">
+        <v>25</v>
+      </c>
+      <c r="F34" s="16"/>
+      <c r="G34" s="94"/>
+      <c r="H34" s="119"/>
+      <c r="I34" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="95" t="s">
+        <v>303</v>
+      </c>
+      <c r="C35" s="113" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="97" t="s">
+        <v>350</v>
+      </c>
+      <c r="E35" s="188" t="s">
+        <v>67</v>
+      </c>
+      <c r="F35" s="137" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="16"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="12"/>
+      <c r="B36" s="95" t="s">
+        <v>29</v>
+      </c>
+      <c r="C36" s="95"/>
+      <c r="D36" s="93" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F36" s="108" t="s">
+        <v>57</v>
+      </c>
+      <c r="G36" s="16"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="8"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="95"/>
+      <c r="C37" s="95"/>
+      <c r="D37" s="167"/>
+      <c r="E37" s="84"/>
+      <c r="F37" s="175" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="29"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="96" t="s">
+        <v>336</v>
+      </c>
+      <c r="C38" s="95"/>
+      <c r="D38" s="98" t="s">
+        <v>218</v>
+      </c>
+      <c r="E38" s="84"/>
+      <c r="F38" s="108"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="12"/>
+      <c r="B39" s="95" t="s">
+        <v>337</v>
+      </c>
+      <c r="C39" s="156" t="s">
+        <v>338</v>
+      </c>
+      <c r="D39" s="93"/>
+      <c r="E39" s="201" t="s">
+        <v>340</v>
+      </c>
+      <c r="F39" s="131"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="6"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="113" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" s="145" t="s">
+        <v>57</v>
+      </c>
+      <c r="D40" s="98" t="s">
+        <v>351</v>
+      </c>
+      <c r="E40" s="189" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="93"/>
+      <c r="G40" s="16"/>
+      <c r="H40" s="94"/>
+      <c r="I40" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="153" t="s">
+        <v>81</v>
+      </c>
+      <c r="C41" s="157" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" s="98"/>
+      <c r="E41" s="190" t="s">
+        <v>253</v>
+      </c>
+      <c r="F41" s="93"/>
+      <c r="G41" s="16"/>
+      <c r="H41" s="97"/>
+      <c r="I41" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="12"/>
+      <c r="B42" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="C42" s="109" t="s">
+        <v>352</v>
+      </c>
+      <c r="D42" s="98" t="s">
+        <v>98</v>
+      </c>
+      <c r="F42" s="167"/>
+      <c r="G42" s="16"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="6"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="109" t="s">
+        <v>253</v>
+      </c>
+      <c r="C43" s="129" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="93"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="203"/>
+      <c r="C44" s="189">
+        <v>4</v>
+      </c>
+      <c r="D44" s="98"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="40"/>
+      <c r="B45" s="200"/>
+      <c r="C45" s="189"/>
+      <c r="D45" s="131"/>
+      <c r="F45" s="93"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="93"/>
+      <c r="I45" s="5"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="204"/>
+      <c r="C46" s="205"/>
+      <c r="D46" s="114"/>
+      <c r="E46" s="85"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="94"/>
+      <c r="I46" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="51"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="1"/>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="14"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D404AE3C-7749-4DBF-937E-54E3D4C756F5}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I65"/>
+  <sheetViews>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="L31" sqref="L31"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="210" t="s">
+        <v>112</v>
+      </c>
+      <c r="B1" s="211"/>
+      <c r="C1" s="212"/>
+      <c r="D1" s="212" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="213"/>
+      <c r="F1" s="212">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="212"/>
+      <c r="H1" s="215"/>
+      <c r="I1" s="215"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="216"/>
+      <c r="B2" s="216"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="215"/>
+      <c r="F2" s="215"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="215"/>
+      <c r="I2" s="215"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="380" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="271" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="222" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="223" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="217" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="511"/>
+      <c r="B4" s="225">
+        <v>46020</v>
+      </c>
+      <c r="C4" s="226">
+        <v>46021</v>
+      </c>
+      <c r="D4" s="227">
+        <v>366</v>
+      </c>
+      <c r="E4" s="337">
+        <v>46023</v>
+      </c>
+      <c r="F4" s="227">
+        <v>46024</v>
+      </c>
+      <c r="G4" s="502">
+        <v>46025</v>
+      </c>
+      <c r="H4" s="516">
+        <v>46026</v>
+      </c>
+      <c r="I4" s="231"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="507" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="542" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="536"/>
+      <c r="F5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="234" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="232" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="508"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="544" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="536"/>
+      <c r="F6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="238" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="239" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="236"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="509" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="216"/>
+      <c r="C7" s="330" t="s">
+        <v>113</v>
+      </c>
+      <c r="D7" s="569"/>
+      <c r="E7" s="536"/>
+      <c r="F7" s="469"/>
+      <c r="G7" s="238"/>
+      <c r="H7" s="242" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="240" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="566" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="295" t="s">
+        <v>114</v>
+      </c>
+      <c r="C8" s="233" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" s="536"/>
+      <c r="E8" s="536"/>
+      <c r="F8" s="335" t="s">
+        <v>116</v>
+      </c>
+      <c r="G8" s="221" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="222" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="244" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="567"/>
+      <c r="B9" s="298" t="s">
+        <v>115</v>
+      </c>
+      <c r="C9" s="233"/>
+      <c r="D9" s="536"/>
+      <c r="E9" s="536"/>
+      <c r="F9" s="256" t="s">
+        <v>117</v>
+      </c>
+      <c r="G9" s="357" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="246"/>
+      <c r="I9" s="247"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="568" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="298"/>
+      <c r="C10" s="455"/>
+      <c r="D10" s="536"/>
+      <c r="E10" s="536"/>
+      <c r="F10" s="256"/>
+      <c r="G10" s="356" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="246" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" s="249" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="566" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="455"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="536"/>
+      <c r="E11" s="536"/>
+      <c r="F11" s="390"/>
+      <c r="G11" s="357"/>
+      <c r="H11" s="246"/>
+      <c r="I11" s="244" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="508"/>
+      <c r="B12" s="250"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="536"/>
+      <c r="E12" s="536"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="429" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="246"/>
+      <c r="I12" s="247"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="509" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="250"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="536"/>
+      <c r="E13" s="536"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="392" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="246"/>
+      <c r="I13" s="249" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="507" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="536"/>
+      <c r="E14" s="536"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="399"/>
+      <c r="H14" s="222" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="244" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="508"/>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="536"/>
+      <c r="E15" s="536"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="408" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="246"/>
+      <c r="I15" s="247"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="509" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="536" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" s="536" t="s">
+        <v>118</v>
+      </c>
+      <c r="F16" s="216"/>
+      <c r="G16" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="246"/>
+      <c r="I16" s="249" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="507" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="216"/>
+      <c r="C17" s="335" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" s="536"/>
+      <c r="E17" s="536"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="253" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" s="246" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="244" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="508"/>
+      <c r="B18" s="216"/>
+      <c r="C18" s="256" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" s="536"/>
+      <c r="E18" s="536"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="432"/>
+      <c r="H18" s="246"/>
+      <c r="I18" s="247"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="509" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="216"/>
+      <c r="C19" s="256"/>
+      <c r="D19" s="536"/>
+      <c r="E19" s="536"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="233" t="s">
+        <v>120</v>
+      </c>
+      <c r="H19" s="246"/>
+      <c r="I19" s="249" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="507" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="216"/>
+      <c r="C20" s="390"/>
+      <c r="D20" s="536"/>
+      <c r="E20" s="536"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="233"/>
+      <c r="H20" s="246"/>
+      <c r="I20" s="244" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="508"/>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="536"/>
+      <c r="E21" s="536"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="233" t="s">
+        <v>121</v>
+      </c>
+      <c r="H21" s="257"/>
+      <c r="I21" s="247"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="509" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="536"/>
+      <c r="E22" s="536"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="233"/>
+      <c r="H22" s="259"/>
+      <c r="I22" s="249" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="507" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="216"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="536"/>
+      <c r="E23" s="536"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="237"/>
+      <c r="H23" s="401"/>
+      <c r="I23" s="244" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="508"/>
+      <c r="B24" s="216"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="536"/>
+      <c r="E24" s="536"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="237"/>
+      <c r="H24" s="401"/>
+      <c r="I24" s="247"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="508" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="216"/>
+      <c r="C25" s="216"/>
+      <c r="D25" s="536"/>
+      <c r="E25" s="536"/>
+      <c r="F25" s="216"/>
+      <c r="G25" s="233"/>
+      <c r="H25" s="401" t="s">
+        <v>42</v>
+      </c>
+      <c r="I25" s="249" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="576" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="216"/>
+      <c r="C26" s="216"/>
+      <c r="D26" s="536"/>
+      <c r="E26" s="536"/>
+      <c r="F26" s="216"/>
+      <c r="G26" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="401"/>
+      <c r="I26" s="244" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="508"/>
+      <c r="B27" s="216"/>
+      <c r="C27" s="216"/>
+      <c r="D27" s="536"/>
+      <c r="E27" s="536"/>
+      <c r="F27" s="216"/>
+      <c r="G27" s="245" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="401"/>
+      <c r="I27" s="247"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="509" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="216"/>
+      <c r="C28" s="216"/>
+      <c r="D28" s="538"/>
+      <c r="E28" s="536"/>
+      <c r="F28" s="216"/>
+      <c r="G28" s="267"/>
+      <c r="H28" s="401"/>
+      <c r="I28" s="249" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="507" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="216"/>
+      <c r="C29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="535" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="549" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="570" t="s">
+        <v>122</v>
+      </c>
+      <c r="G29" s="216"/>
+      <c r="H29" s="220"/>
+      <c r="I29" s="244" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="508"/>
+      <c r="B30" s="216"/>
+      <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="536" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="546" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="577"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="245"/>
+      <c r="I30" s="247"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="510" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="584" t="s">
+        <v>123</v>
+      </c>
+      <c r="C31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="537"/>
+      <c r="E31" s="547" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="577" t="s">
+        <v>124</v>
+      </c>
+      <c r="G31" s="216"/>
+      <c r="H31" s="245"/>
+      <c r="I31" s="249" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="567" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="585"/>
+      <c r="C32" s="583"/>
+      <c r="D32" s="536" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="546"/>
+      <c r="F32" s="438" t="s">
+        <v>125</v>
+      </c>
+      <c r="G32" s="216" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="I32" s="244" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="567"/>
+      <c r="B33" s="438" t="s">
+        <v>126</v>
+      </c>
+      <c r="C33" s="573" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="536" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="549" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="438"/>
+      <c r="G33" s="216"/>
+      <c r="H33" s="245"/>
+      <c r="I33" s="247"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="568" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="438" t="s">
+        <v>125</v>
+      </c>
+      <c r="C34" s="573" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="536" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="548" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="571"/>
+      <c r="G34" s="216"/>
+      <c r="H34" s="245"/>
+      <c r="I34" s="249" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="566" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="577"/>
+      <c r="C35" s="574"/>
+      <c r="D35" s="541"/>
+      <c r="E35" s="558" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" s="473" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="219"/>
+      <c r="H35" s="220"/>
+      <c r="I35" s="244" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="567"/>
+      <c r="B36" s="571"/>
+      <c r="C36" s="575"/>
+      <c r="D36" s="542"/>
+      <c r="E36" s="536" t="s">
+        <v>70</v>
+      </c>
+      <c r="F36" s="269" t="s">
+        <v>127</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="245"/>
+      <c r="I36" s="247"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="509" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="359" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="496" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="544" t="s">
+        <v>76</v>
+      </c>
+      <c r="E37" s="559" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" s="274"/>
+      <c r="G37" s="269"/>
+      <c r="H37" s="245"/>
+      <c r="I37" s="249" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="507" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="358" t="s">
+        <v>55</v>
+      </c>
+      <c r="C38" s="388" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" s="542"/>
+      <c r="E38" s="539"/>
+      <c r="F38" s="269"/>
+      <c r="G38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="I38" s="244" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="508"/>
+      <c r="B39" s="513" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="388" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="542" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="535" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" s="272" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" s="269"/>
+      <c r="H39" s="245"/>
+      <c r="I39" s="247"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="509" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="301" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="443" t="s">
+        <v>81</v>
+      </c>
+      <c r="D40" s="542"/>
+      <c r="E40" s="552" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="273" t="s">
+        <v>88</v>
+      </c>
+      <c r="G40" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H40" s="245" t="s">
+        <v>128</v>
+      </c>
+      <c r="I40" s="249" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="507" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="301" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="308" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="542" t="s">
+        <v>92</v>
+      </c>
+      <c r="E41" s="553">
+        <v>4</v>
+      </c>
+      <c r="F41" s="256" t="s">
+        <v>75</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="220"/>
+      <c r="I41" s="244" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="508"/>
+      <c r="B42" s="427">
+        <v>4</v>
+      </c>
+      <c r="C42" s="304" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42" s="542"/>
+      <c r="E42" s="539"/>
+      <c r="F42" s="258"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="245"/>
+      <c r="I42" s="247"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="509" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="514" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="462" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="542" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" s="555" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43" s="360" t="s">
+        <v>99</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="245"/>
+      <c r="I43" s="249" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="507" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="396" t="s">
+        <v>104</v>
+      </c>
+      <c r="C44" s="427" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" s="542"/>
+      <c r="E44" s="553" t="s">
+        <v>102</v>
+      </c>
+      <c r="F44" s="466" t="s">
+        <v>86</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="245"/>
+      <c r="I44" s="244" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="284"/>
+      <c r="B45" s="363" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="301">
+        <v>4</v>
+      </c>
+      <c r="D45" s="560"/>
+      <c r="E45" s="561" t="s">
+        <v>75</v>
+      </c>
+      <c r="F45" s="446">
+        <v>4</v>
+      </c>
+      <c r="G45" s="216"/>
+      <c r="H45" s="245"/>
+      <c r="I45" s="310"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="510" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="515"/>
+      <c r="C46" s="427"/>
+      <c r="D46" s="562"/>
+      <c r="E46" s="553"/>
+      <c r="F46" s="467"/>
+      <c r="G46" s="268"/>
+      <c r="H46" s="267"/>
+      <c r="I46" s="249" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="B47" s="215"/>
+      <c r="C47" s="315"/>
+      <c r="D47" s="563"/>
+      <c r="E47" s="551"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="215"/>
+      <c r="H47" s="215"/>
+      <c r="I47" s="314"/>
+    </row>
+    <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="317"/>
+      <c r="B48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H48" s="215"/>
+      <c r="I48" s="215"/>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="493" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="215"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="215"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="217"/>
+      <c r="H49" s="222"/>
+      <c r="I49" s="318" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="256" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" s="216"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="216"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="246"/>
+      <c r="I50" s="310"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="256" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="215"/>
+      <c r="D51" s="215"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="246"/>
+      <c r="I51" s="310" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="494"/>
+      <c r="C52" s="215"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="319"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="305"/>
+      <c r="H52" s="246"/>
+      <c r="I52" s="318" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="215"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="246"/>
+      <c r="I53" s="310"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="216"/>
+      <c r="D54" s="216"/>
+      <c r="E54" s="216"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="246"/>
+      <c r="I54" s="310" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="246"/>
+      <c r="I55" s="318" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="314"/>
+      <c r="B56" s="216"/>
+      <c r="C56" s="215"/>
+      <c r="D56" s="215"/>
+      <c r="E56" s="215"/>
+      <c r="F56" s="215"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="246"/>
+      <c r="I56" s="310"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="320"/>
+      <c r="B57" s="320"/>
+      <c r="C57" s="320"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="246"/>
+      <c r="I57" s="321" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="246"/>
+      <c r="I58" s="324" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="246"/>
+      <c r="I59" s="324"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="322"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="246"/>
+      <c r="I60" s="324" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="246"/>
+      <c r="I61" s="325" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="323"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="246"/>
+      <c r="I62" s="326"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="246"/>
+      <c r="I63" s="321" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="246"/>
+      <c r="I64" s="324" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A65" s="322"/>
+      <c r="B65" s="323"/>
+      <c r="C65" s="323"/>
+      <c r="D65" s="320"/>
+      <c r="E65" s="320"/>
+      <c r="F65" s="320"/>
+      <c r="G65" s="279"/>
+      <c r="H65" s="246"/>
+      <c r="I65" s="324"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{937176DF-F095-430B-9F8D-0CDBB4BDCF7D}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I47"/>
+  <sheetViews>
+    <sheetView topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="J27" sqref="J27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="6" max="6" width="9.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="E1" s="27"/>
+      <c r="F1" s="15">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="15"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="16"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="178" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="97" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="136" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="123" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="39" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="180"/>
+      <c r="B4" s="121">
+        <v>45894</v>
+      </c>
+      <c r="C4" s="179">
+        <v>45895</v>
+      </c>
+      <c r="D4" s="144">
+        <v>45896</v>
+      </c>
+      <c r="E4" s="112">
+        <v>45897</v>
+      </c>
+      <c r="F4" s="73">
+        <v>45898</v>
+      </c>
+      <c r="G4" s="73">
+        <v>45899</v>
+      </c>
+      <c r="H4" s="73">
+        <v>45900</v>
+      </c>
+      <c r="I4" s="43"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="168" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1"/>
+      <c r="D5" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="16"/>
+      <c r="F5" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="139" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="38"/>
+      <c r="I5" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="169"/>
+      <c r="B6" s="16"/>
+      <c r="D6" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="16"/>
+      <c r="F6" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="G6" s="140" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="16"/>
+      <c r="I6" s="6"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="170" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="16"/>
+      <c r="D7" s="107" t="s">
+        <v>253</v>
+      </c>
+      <c r="E7" s="16"/>
+      <c r="F7" s="107" t="s">
+        <v>253</v>
+      </c>
+      <c r="G7" s="140"/>
+      <c r="H7" s="81"/>
+      <c r="I7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="171" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="16"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="146" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="38"/>
+      <c r="I8" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="169"/>
+      <c r="B9" s="16"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="16"/>
+      <c r="G9" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="22"/>
+      <c r="I9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="170" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="102" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="22"/>
+      <c r="I10" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="171" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16"/>
+      <c r="F11" s="16"/>
+      <c r="G11" s="101"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="169"/>
+      <c r="B12" s="16"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="16"/>
+      <c r="G12" s="130" t="s">
+        <v>325</v>
+      </c>
+      <c r="H12" s="22"/>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="170" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="100" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13" s="22"/>
+      <c r="I13" s="9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="171" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="16"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="181" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="169"/>
+      <c r="B15" s="16"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
+      <c r="G15" s="182"/>
+      <c r="H15" s="22"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="170" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="154"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="98"/>
+      <c r="H16" s="20"/>
+      <c r="I16" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="171" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="16"/>
+      <c r="C17" s="154"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="16"/>
+      <c r="G17" s="93"/>
+      <c r="H17" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="169"/>
+      <c r="B18" s="16"/>
+      <c r="C18" s="154"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="16"/>
+      <c r="G18" s="98"/>
+      <c r="H18" s="20"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="170" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="16"/>
+      <c r="C19" s="154"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+      <c r="G19" s="114"/>
+      <c r="H19" s="20"/>
+      <c r="I19" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="171" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="16"/>
+      <c r="C20" s="154"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="78"/>
+      <c r="H20" s="20"/>
+      <c r="I20" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="169"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="154"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="37"/>
+      <c r="H21" s="49"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="169" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="16"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+      <c r="G22" s="37"/>
+      <c r="H22" s="20"/>
+      <c r="I22" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="168" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="16"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="97" t="s">
+        <v>327</v>
+      </c>
+      <c r="H23" s="38"/>
+      <c r="I23" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="169"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+      <c r="G24" s="93" t="s">
+        <v>258</v>
+      </c>
+      <c r="H24" s="22"/>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="170" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="16"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="93" t="s">
+        <v>156</v>
+      </c>
+      <c r="H25" s="22"/>
+      <c r="I25" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="171" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="16"/>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="78" t="s">
+        <v>329</v>
+      </c>
+      <c r="G26" s="93">
+        <v>1</v>
+      </c>
+      <c r="H26" s="183" t="s">
+        <v>354</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="169"/>
+      <c r="B27" s="16"/>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="93" t="s">
+        <v>310</v>
+      </c>
+      <c r="H27" s="184" t="s">
+        <v>86</v>
+      </c>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="172" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="16"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="37"/>
+      <c r="G28" s="93">
+        <v>3</v>
+      </c>
+      <c r="H28" s="184">
+        <v>4</v>
+      </c>
+      <c r="I28" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="97" t="s">
+        <v>295</v>
+      </c>
+      <c r="C29" s="150"/>
+      <c r="D29" s="97" t="s">
+        <v>295</v>
+      </c>
+      <c r="E29" s="155" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="37"/>
+      <c r="G29" s="93" t="s">
+        <v>333</v>
+      </c>
+      <c r="H29" s="184"/>
+      <c r="I29" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="12"/>
+      <c r="B30" s="93" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="128" t="s">
+        <v>332</v>
+      </c>
+      <c r="D30" s="119" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="117" t="s">
+        <v>55</v>
+      </c>
+      <c r="F30" s="37"/>
+      <c r="G30" s="94"/>
+      <c r="H30" s="185"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="98"/>
+      <c r="C31" s="106" t="s">
+        <v>90</v>
+      </c>
+      <c r="D31" s="119"/>
+      <c r="E31" s="118" t="s">
+        <v>25</v>
+      </c>
+      <c r="F31" s="37"/>
+      <c r="G31" s="94"/>
+      <c r="H31" s="119"/>
+      <c r="I31" s="9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="93"/>
+      <c r="C32" s="106" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" s="16"/>
+      <c r="E32" s="135" t="s">
+        <v>298</v>
+      </c>
+      <c r="F32" s="22"/>
+      <c r="G32" s="16"/>
+      <c r="H32" s="93"/>
+      <c r="I32" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="12"/>
+      <c r="B33" s="93"/>
+      <c r="C33" s="106"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="22"/>
+      <c r="G33" s="16"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="8"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="94"/>
+      <c r="C34" s="151" t="s">
+        <v>335</v>
+      </c>
+      <c r="D34" s="16"/>
+      <c r="E34" s="102" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="22"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="95" t="s">
+        <v>303</v>
+      </c>
+      <c r="C35" s="113" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="97" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" s="188" t="s">
+        <v>67</v>
+      </c>
+      <c r="F35" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="G35" s="58"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="12"/>
+      <c r="B36" s="95" t="s">
+        <v>29</v>
+      </c>
+      <c r="C36" s="95"/>
+      <c r="D36" s="93" t="s">
+        <v>337</v>
+      </c>
+      <c r="E36" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F36" s="93" t="s">
+        <v>257</v>
+      </c>
+      <c r="G36" s="16"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="8"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="95"/>
+      <c r="C37" s="95"/>
+      <c r="D37" s="167" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="84"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="153" t="s">
+        <v>336</v>
+      </c>
+      <c r="C38" s="95"/>
+      <c r="D38" s="147" t="s">
+        <v>355</v>
+      </c>
+      <c r="E38" s="84"/>
+      <c r="F38" s="98"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="12"/>
+      <c r="B39" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="C39" s="156" t="s">
+        <v>338</v>
+      </c>
+      <c r="D39" s="103" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39" s="183" t="s">
+        <v>340</v>
+      </c>
+      <c r="F39" s="120"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="6"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="142" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" s="145" t="s">
+        <v>57</v>
+      </c>
+      <c r="D40" s="106" t="s">
+        <v>25</v>
+      </c>
+      <c r="E40" s="189" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="137" t="s">
+        <v>80</v>
+      </c>
+      <c r="G40" s="16"/>
+      <c r="H40" s="94"/>
+      <c r="I40" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="95" t="s">
+        <v>81</v>
+      </c>
+      <c r="C41" s="149" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" s="106"/>
+      <c r="E41" s="190" t="s">
+        <v>253</v>
+      </c>
+      <c r="F41" s="108" t="s">
+        <v>57</v>
+      </c>
+      <c r="G41" s="16"/>
+      <c r="H41" s="97"/>
+      <c r="I41" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="12"/>
+      <c r="B42" s="95" t="s">
+        <v>337</v>
+      </c>
+      <c r="C42" s="133" t="s">
+        <v>352</v>
+      </c>
+      <c r="D42" s="203"/>
+      <c r="F42" s="175" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="16"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="6"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="113">
+        <v>1</v>
+      </c>
+      <c r="C43" s="129" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="200"/>
+      <c r="F43" s="141"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="96"/>
+      <c r="C44" s="109">
+        <v>4</v>
+      </c>
+      <c r="D44" s="200"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="40"/>
+      <c r="B45" s="113"/>
+      <c r="C45" s="142"/>
+      <c r="D45" s="200"/>
+      <c r="F45" s="93"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="93"/>
+      <c r="I45" s="5"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="116"/>
+      <c r="C46" s="116"/>
+      <c r="D46" s="114"/>
+      <c r="E46" s="85"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="94"/>
+      <c r="I46" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="51"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="1"/>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="14"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A521623-C23D-4F15-BFBD-DE3C6F1E5284}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="M42" sqref="M42"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="6" max="6" width="9.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="18" t="s">
+        <v>356</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="E1" s="27"/>
+      <c r="F1" s="52">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="15"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="16"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="178" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="97" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="136" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="123" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="39" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="40"/>
+      <c r="B4" s="121">
+        <v>45887</v>
+      </c>
+      <c r="C4" s="179">
+        <v>45888</v>
+      </c>
+      <c r="D4" s="144">
+        <v>45889</v>
+      </c>
+      <c r="E4" s="112">
+        <v>45890</v>
+      </c>
+      <c r="F4" s="73">
+        <v>45891</v>
+      </c>
+      <c r="G4" s="73">
+        <v>45892</v>
+      </c>
+      <c r="H4" s="73">
+        <v>45893</v>
+      </c>
+      <c r="I4" s="43"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="168" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1"/>
+      <c r="D5" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="16"/>
+      <c r="F5" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="139" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="38"/>
+      <c r="I5" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="169"/>
+      <c r="B6" s="16"/>
+      <c r="D6" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="16"/>
+      <c r="F6" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="G6" s="140" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="16"/>
+      <c r="I6" s="6"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="170" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="16"/>
+      <c r="D7" s="107" t="s">
+        <v>253</v>
+      </c>
+      <c r="E7" s="16"/>
+      <c r="F7" s="107" t="s">
+        <v>253</v>
+      </c>
+      <c r="G7" s="140"/>
+      <c r="H7" s="81"/>
+      <c r="I7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="171" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="16"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="127" t="s">
+        <v>357</v>
+      </c>
+      <c r="H8" s="127" t="s">
+        <v>357</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="169"/>
+      <c r="B9" s="16"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="16"/>
+      <c r="G9" s="115" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" s="115" t="s">
+        <v>86</v>
+      </c>
+      <c r="I9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="170" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="115">
+        <v>4</v>
+      </c>
+      <c r="H10" s="115">
+        <v>4</v>
+      </c>
+      <c r="I10" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="171" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16"/>
+      <c r="F11" s="16"/>
+      <c r="G11" s="148"/>
+      <c r="H11" s="148"/>
+      <c r="I11" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="169"/>
+      <c r="B12" s="16"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="16"/>
+      <c r="G12" s="102" t="s">
+        <v>358</v>
+      </c>
+      <c r="H12" s="22"/>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="170" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" s="22"/>
+      <c r="I13" s="9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="171" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="16"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="102" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="169"/>
+      <c r="B15" s="16"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
+      <c r="G15" s="101"/>
+      <c r="H15" s="22"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="170" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="154"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="137" t="s">
+        <v>326</v>
+      </c>
+      <c r="H16" s="22"/>
+      <c r="I16" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="171" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="16"/>
+      <c r="C17" s="154"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="16"/>
+      <c r="G17" s="108" t="s">
+        <v>57</v>
+      </c>
+      <c r="H17" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="169"/>
+      <c r="B18" s="16"/>
+      <c r="C18" s="154"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="16"/>
+      <c r="G18" s="175" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" s="22"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="170" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="16"/>
+      <c r="C19" s="154"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+      <c r="G19" s="108"/>
+      <c r="H19" s="22"/>
+      <c r="I19" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="171" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="16"/>
+      <c r="C20" s="154"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="176" t="s">
+        <v>359</v>
+      </c>
+      <c r="H20" s="22"/>
+      <c r="I20" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="169"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="154"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="100" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21" s="81"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="169" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="16"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+      <c r="G22" s="177" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22" s="22"/>
+      <c r="I22" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="168" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="16"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="127" t="s">
+        <v>287</v>
+      </c>
+      <c r="H23" s="127" t="s">
+        <v>287</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="169"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+      <c r="G24" s="115" t="s">
+        <v>86</v>
+      </c>
+      <c r="H24" s="115" t="s">
+        <v>86</v>
+      </c>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="170" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="16"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="115">
+        <v>4</v>
+      </c>
+      <c r="H25" s="115">
+        <v>4</v>
+      </c>
+      <c r="I25" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="171" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="16"/>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="21" t="s">
+        <v>329</v>
+      </c>
+      <c r="G26" s="148"/>
+      <c r="H26" s="148"/>
+      <c r="I26" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="169"/>
+      <c r="B27" s="16"/>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="20"/>
+      <c r="H27" s="20"/>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="172" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="16"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="20"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="20"/>
+      <c r="I28" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="97" t="s">
+        <v>295</v>
+      </c>
+      <c r="C29" s="136"/>
+      <c r="D29" s="136" t="s">
+        <v>295</v>
+      </c>
+      <c r="E29" s="155" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="20"/>
+      <c r="G29" s="58"/>
+      <c r="H29" s="97"/>
+      <c r="I29" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="12"/>
+      <c r="B30" s="93" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="119"/>
+      <c r="D30" s="119" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="117" t="s">
+        <v>55</v>
+      </c>
+      <c r="F30" s="20"/>
+      <c r="G30" s="16"/>
+      <c r="H30" s="93"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="98"/>
+      <c r="C31" s="120"/>
+      <c r="D31" s="119"/>
+      <c r="E31" s="118" t="s">
+        <v>25</v>
+      </c>
+      <c r="F31" s="20"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="93"/>
+      <c r="I31" s="9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="93"/>
+      <c r="C32" s="173" t="s">
+        <v>298</v>
+      </c>
+      <c r="D32" s="16"/>
+      <c r="E32" s="135" t="s">
+        <v>298</v>
+      </c>
+      <c r="F32" s="22"/>
+      <c r="G32" s="16" t="s">
+        <v>218</v>
+      </c>
+      <c r="H32" s="93" t="s">
+        <v>218</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="12"/>
+      <c r="B33" s="93"/>
+      <c r="C33" s="120" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" s="16"/>
+      <c r="E33" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="22"/>
+      <c r="G33" s="16"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="8"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="94"/>
+      <c r="C34" s="174"/>
+      <c r="D34" s="16"/>
+      <c r="E34" s="102" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="22"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="93"/>
+      <c r="I34" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="95" t="s">
+        <v>303</v>
+      </c>
+      <c r="C35" s="131" t="s">
+        <v>350</v>
+      </c>
+      <c r="D35" s="123" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" s="161" t="s">
+        <v>67</v>
+      </c>
+      <c r="F35" s="128" t="s">
+        <v>67</v>
+      </c>
+      <c r="G35" s="58"/>
+      <c r="H35" s="93"/>
+      <c r="I35" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="12"/>
+      <c r="B36" s="95" t="s">
+        <v>29</v>
+      </c>
+      <c r="C36" s="93" t="s">
+        <v>360</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="E36" s="95" t="s">
+        <v>127</v>
+      </c>
+      <c r="F36" s="103" t="s">
+        <v>90</v>
+      </c>
+      <c r="G36" s="16"/>
+      <c r="H36" s="93"/>
+      <c r="I36" s="8"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="95"/>
+      <c r="C37" s="93" t="s">
+        <v>361</v>
+      </c>
+      <c r="D37" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="113"/>
+      <c r="F37" s="106" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="29"/>
+      <c r="H37" s="93"/>
+      <c r="I37" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="96" t="s">
+        <v>362</v>
+      </c>
+      <c r="C38" s="98" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="162" t="s">
+        <v>355</v>
+      </c>
+      <c r="E38" s="116"/>
+      <c r="F38" s="106"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="12"/>
+      <c r="B39" s="95" t="s">
+        <v>337</v>
+      </c>
+      <c r="C39" s="93" t="s">
+        <v>189</v>
+      </c>
+      <c r="D39" s="163" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39" s="153" t="s">
+        <v>340</v>
+      </c>
+      <c r="F39" s="106"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="6"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="113" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" s="98" t="s">
+        <v>306</v>
+      </c>
+      <c r="D40" s="164" t="s">
+        <v>25</v>
+      </c>
+      <c r="E40" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="137" t="s">
+        <v>80</v>
+      </c>
+      <c r="G40" s="16"/>
+      <c r="H40" s="94"/>
+      <c r="I40" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="95"/>
+      <c r="C41" s="167" t="s">
+        <v>218</v>
+      </c>
+      <c r="D41" s="165"/>
+      <c r="E41" s="109" t="s">
+        <v>253</v>
+      </c>
+      <c r="F41" s="108" t="s">
+        <v>57</v>
+      </c>
+      <c r="G41" s="16"/>
+      <c r="H41" s="97"/>
+      <c r="I41" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="12"/>
+      <c r="B42" s="95"/>
+      <c r="C42" s="98" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" s="96"/>
+      <c r="F42" s="175" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="16"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="6"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="113"/>
+      <c r="C43" s="93"/>
+      <c r="E43" s="95"/>
+      <c r="F43" s="141"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="93"/>
+      <c r="I43" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="153" t="s">
+        <v>363</v>
+      </c>
+      <c r="C44" s="114"/>
+      <c r="E44" s="187"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="93"/>
+      <c r="I44" s="2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="40"/>
+      <c r="B45" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="C45" s="98"/>
+      <c r="E45" s="152"/>
+      <c r="F45" s="93"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="93"/>
+      <c r="I45" s="5"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="142" t="s">
+        <v>253</v>
+      </c>
+      <c r="C46" s="114"/>
+      <c r="D46" s="166"/>
+      <c r="E46" s="85"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="94"/>
+      <c r="I46" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="51"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="1"/>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="14"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D47CBB17-D7C7-4CEA-B693-51FC8BB48E23}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F5" sqref="F5:F7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="6" max="6" width="9.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="18" t="s">
+        <v>364</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="E1" s="27"/>
+      <c r="F1" s="52">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="15"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="16"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="78" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="97" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="123" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="39" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="43"/>
+      <c r="B4" s="122">
+        <v>45880</v>
+      </c>
+      <c r="C4" s="121">
+        <v>45881</v>
+      </c>
+      <c r="D4" s="144">
+        <v>45882</v>
+      </c>
+      <c r="E4" s="112">
+        <v>45883</v>
+      </c>
+      <c r="F4" s="73">
+        <v>45884</v>
+      </c>
+      <c r="G4" s="73">
+        <v>45885</v>
+      </c>
+      <c r="H4" s="73">
+        <v>45886</v>
+      </c>
+      <c r="I4" s="43"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="99" t="s">
+        <v>365</v>
+      </c>
+      <c r="D5" s="127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="16"/>
+      <c r="F5" s="97"/>
+      <c r="G5" s="54" t="s">
+        <v>366</v>
+      </c>
+      <c r="H5" s="39" t="s">
+        <v>366</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="12"/>
+      <c r="B6" s="100" t="s">
+        <v>218</v>
+      </c>
+      <c r="D6" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="16"/>
+      <c r="F6" s="98"/>
+      <c r="G6" s="16"/>
+      <c r="H6" s="20"/>
+      <c r="I6" s="6"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="100" t="s">
+        <v>367</v>
+      </c>
+      <c r="D7" s="107" t="s">
+        <v>253</v>
+      </c>
+      <c r="E7" s="16"/>
+      <c r="F7" s="114"/>
+      <c r="G7" s="16"/>
+      <c r="H7" s="49"/>
+      <c r="I7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="100"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="40"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="12"/>
+      <c r="B9" s="100"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="16"/>
+      <c r="G9" s="37"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="124"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="I10" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="125" t="s">
+        <v>368</v>
+      </c>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16"/>
+      <c r="F11" s="16"/>
+      <c r="G11" s="40"/>
+      <c r="H11" s="20"/>
+      <c r="I11" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="12"/>
+      <c r="B12" s="101" t="s">
+        <v>218</v>
+      </c>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="16"/>
+      <c r="G12" s="37" t="s">
+        <v>369</v>
+      </c>
+      <c r="H12" s="20" t="s">
+        <v>369</v>
+      </c>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="101" t="s">
+        <v>370</v>
+      </c>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="37"/>
+      <c r="H13" s="20"/>
+      <c r="I13" s="9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="101"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="48" t="s">
+        <v>371</v>
+      </c>
+      <c r="H14" s="20" t="s">
+        <v>371</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="12"/>
+      <c r="B15" s="101"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="16"/>
+      <c r="G15" s="37"/>
+      <c r="H15" s="20"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="101"/>
+      <c r="C16" s="154"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="37"/>
+      <c r="H16" s="20"/>
+      <c r="I16" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="128" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" s="154"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="16"/>
+      <c r="G17" s="37"/>
+      <c r="H17" s="20"/>
+      <c r="I17" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="12"/>
+      <c r="B18" s="103" t="s">
+        <v>218</v>
+      </c>
+      <c r="C18" s="154"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="16"/>
+      <c r="G18" s="37"/>
+      <c r="H18" s="20"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="103" t="s">
+        <v>372</v>
+      </c>
+      <c r="C19" s="154"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+      <c r="G19" s="48"/>
+      <c r="H19" s="20"/>
+      <c r="I19" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="103"/>
+      <c r="C20" s="154"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="37"/>
+      <c r="H20" s="20"/>
+      <c r="I20" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="12"/>
+      <c r="B21" s="103"/>
+      <c r="C21" s="154"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="37"/>
+      <c r="H21" s="20"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="126"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+      <c r="G22" s="37"/>
+      <c r="H22" s="20"/>
+      <c r="I22" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="93"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="37"/>
+      <c r="H23" s="20"/>
+      <c r="I23" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="12"/>
+      <c r="B24" s="93"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+      <c r="G24" s="37"/>
+      <c r="H24" s="20"/>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="93"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="37"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="93"/>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="21" t="s">
+        <v>329</v>
+      </c>
+      <c r="G26" s="16"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="12"/>
+      <c r="B27" s="93"/>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="16"/>
+      <c r="H27" s="20"/>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="93"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="20"/>
+      <c r="G28" s="16"/>
+      <c r="H28" s="20"/>
+      <c r="I28" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="97" t="s">
+        <v>295</v>
+      </c>
+      <c r="C29" s="150"/>
+      <c r="D29" s="97" t="s">
+        <v>295</v>
+      </c>
+      <c r="E29" s="136"/>
+      <c r="F29" s="20"/>
+      <c r="G29" s="16"/>
+      <c r="H29" s="20"/>
+      <c r="I29" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="12"/>
+      <c r="B30" s="95" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="128" t="s">
+        <v>332</v>
+      </c>
+      <c r="D30" s="119" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="22"/>
+      <c r="F30" s="20"/>
+      <c r="G30" s="16"/>
+      <c r="H30" s="20"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="113"/>
+      <c r="C31" s="106" t="s">
+        <v>90</v>
+      </c>
+      <c r="D31" s="119"/>
+      <c r="E31" s="174"/>
+      <c r="F31" s="20"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="20"/>
+      <c r="I31" s="9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="95"/>
+      <c r="C32" s="106" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" s="16"/>
+      <c r="E32" s="97"/>
+      <c r="F32" s="22"/>
+      <c r="G32" s="16"/>
+      <c r="H32" s="127" t="s">
+        <v>298</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="12"/>
+      <c r="B33" s="95"/>
+      <c r="C33" s="106"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="22"/>
+      <c r="G33" s="16"/>
+      <c r="H33" s="115" t="s">
+        <v>86</v>
+      </c>
+      <c r="I33" s="8"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="152"/>
+      <c r="C34" s="151" t="s">
+        <v>335</v>
+      </c>
+      <c r="D34" s="16"/>
+      <c r="E34" s="98"/>
+      <c r="F34" s="22"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="148">
+        <v>4</v>
+      </c>
+      <c r="I34" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="96" t="s">
+        <v>303</v>
+      </c>
+      <c r="C35" s="113" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="137" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" s="161"/>
+      <c r="F35" s="97" t="s">
+        <v>67</v>
+      </c>
+      <c r="G35" s="16"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="12"/>
+      <c r="B36" s="95" t="s">
+        <v>29</v>
+      </c>
+      <c r="C36" s="95"/>
+      <c r="D36" s="108" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" s="95"/>
+      <c r="F36" s="93" t="s">
+        <v>257</v>
+      </c>
+      <c r="G36" s="16"/>
+      <c r="H36" s="20"/>
+      <c r="I36" s="8"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="95"/>
+      <c r="C37" s="95"/>
+      <c r="D37" s="186" t="s">
+        <v>25</v>
+      </c>
+      <c r="E37" s="113"/>
+      <c r="F37" s="93"/>
+      <c r="G37" s="16"/>
+      <c r="H37" s="20"/>
+      <c r="I37" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="96" t="s">
+        <v>362</v>
+      </c>
+      <c r="C38" s="95"/>
+      <c r="D38" s="113"/>
+      <c r="E38" s="116"/>
+      <c r="F38" s="98"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="20"/>
+      <c r="I38" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="12"/>
+      <c r="B39" s="95" t="s">
+        <v>337</v>
+      </c>
+      <c r="C39" s="156" t="s">
+        <v>338</v>
+      </c>
+      <c r="D39" s="93"/>
+      <c r="E39" s="96"/>
+      <c r="F39" s="114"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="6"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="113" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" s="145" t="s">
+        <v>57</v>
+      </c>
+      <c r="D40" s="98"/>
+      <c r="E40" s="113"/>
+      <c r="F40" s="93"/>
+      <c r="G40" s="16"/>
+      <c r="H40" s="20"/>
+      <c r="I40" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="95"/>
+      <c r="C41" s="157" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" s="98"/>
+      <c r="E41" s="113"/>
+      <c r="F41" s="98"/>
+      <c r="G41" s="16"/>
+      <c r="H41" s="20"/>
+      <c r="I41" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="12"/>
+      <c r="B42" s="95"/>
+      <c r="C42" s="109" t="s">
+        <v>352</v>
+      </c>
+      <c r="D42" s="159" t="s">
+        <v>373</v>
+      </c>
+      <c r="E42" s="96"/>
+      <c r="F42" s="98"/>
+      <c r="G42" s="16"/>
+      <c r="H42" s="20"/>
+      <c r="I42" s="6"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="113"/>
+      <c r="C43" s="129" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="110" t="s">
+        <v>90</v>
+      </c>
+      <c r="E43" s="95"/>
+      <c r="F43" s="93"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="20"/>
+      <c r="I43" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="153" t="s">
+        <v>363</v>
+      </c>
+      <c r="C44" s="109">
+        <v>4</v>
+      </c>
+      <c r="D44" s="111" t="s">
+        <v>25</v>
+      </c>
+      <c r="E44" s="187"/>
+      <c r="F44" s="93"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="20"/>
+      <c r="I44" s="2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="40"/>
+      <c r="B45" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="C45" s="109"/>
+      <c r="D45" s="160"/>
+      <c r="E45" s="152"/>
+      <c r="F45" s="93"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="20"/>
+      <c r="I45" s="5"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="142" t="s">
+        <v>253</v>
+      </c>
+      <c r="C46" s="158"/>
+      <c r="D46" s="114"/>
+      <c r="E46" s="85"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="23"/>
+      <c r="I46" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="51"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="1"/>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="14"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D365D05-677F-471A-994D-E39C385102BD}">
+  <dimension ref="A1:I86"/>
+  <sheetViews>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="N28" sqref="N28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="9.42578125" style="1" customWidth="1"/>
+    <col min="2" max="5" width="11" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="10.42578125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="9.85546875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="9.42578125" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="18" t="s">
+        <v>374</v>
+      </c>
+      <c r="B1" s="17"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="27"/>
+      <c r="F1" s="52">
+        <v>2024</v>
+      </c>
+      <c r="G1" s="15"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="16"/>
+      <c r="B2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="G2" s="16"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="21" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="39" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="43"/>
+      <c r="B4" s="50"/>
+      <c r="C4" s="50"/>
+      <c r="D4" s="50"/>
+      <c r="E4" s="50"/>
+      <c r="F4" s="50">
+        <v>45877</v>
+      </c>
+      <c r="G4" s="50">
+        <v>45878</v>
+      </c>
+      <c r="H4" s="50">
+        <v>45879</v>
+      </c>
+      <c r="I4" s="43"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="16"/>
+      <c r="F5" s="59" t="s">
+        <v>375</v>
+      </c>
+      <c r="G5" s="64" t="s">
+        <v>375</v>
+      </c>
+      <c r="H5" s="59" t="s">
+        <v>375</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="6"/>
+      <c r="B6" s="16"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="G6" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="H6" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="I6" s="6"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="16"/>
+      <c r="C7" s="16"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="62"/>
+      <c r="G7" s="75"/>
+      <c r="H7" s="62"/>
+      <c r="I7" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="16"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="72" t="s">
+        <v>376</v>
+      </c>
+      <c r="G8" s="72" t="s">
+        <v>376</v>
+      </c>
+      <c r="H8" s="64" t="s">
+        <v>376</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="6"/>
+      <c r="B9" s="16"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16"/>
+      <c r="F9" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="G9" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="H9" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="I9" s="8"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="16"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="70"/>
+      <c r="G10" s="70"/>
+      <c r="H10" s="68"/>
+      <c r="I10" s="9" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="16"/>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16"/>
+      <c r="F11" s="77"/>
+      <c r="G11" s="77"/>
+      <c r="H11" s="67"/>
+      <c r="I11" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="6"/>
+      <c r="B12" s="74"/>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="64" t="s">
+        <v>377</v>
+      </c>
+      <c r="G12" s="64" t="s">
+        <v>377</v>
+      </c>
+      <c r="H12" s="59" t="s">
+        <v>377</v>
+      </c>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="35"/>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="G13" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="H13" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="I13" s="9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="16"/>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="66"/>
+      <c r="G14" s="66"/>
+      <c r="H14" s="63"/>
+      <c r="I14" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="6"/>
+      <c r="B15" s="16"/>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16"/>
+      <c r="E15" s="16"/>
+      <c r="F15" s="72" t="s">
+        <v>378</v>
+      </c>
+      <c r="G15" s="59" t="s">
+        <v>378</v>
+      </c>
+      <c r="H15" s="72" t="s">
+        <v>378</v>
+      </c>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="16"/>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="G16" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="H16" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="I16" s="9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="16"/>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="69"/>
+      <c r="G17" s="60"/>
+      <c r="H17" s="69"/>
+      <c r="I17" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="6"/>
+      <c r="B18" s="16"/>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="71"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="71"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="16"/>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="59" t="s">
+        <v>379</v>
+      </c>
+      <c r="G19" s="72" t="s">
+        <v>379</v>
+      </c>
+      <c r="H19" s="64" t="s">
+        <v>379</v>
+      </c>
+      <c r="I19" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="16"/>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="G20" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="H20" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="6"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="62"/>
+      <c r="G21" s="71"/>
+      <c r="H21" s="75"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="16"/>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="72" t="s">
+        <v>380</v>
+      </c>
+      <c r="G22" s="64" t="s">
+        <v>380</v>
+      </c>
+      <c r="H22" s="72" t="s">
+        <v>380</v>
+      </c>
+      <c r="I22" s="9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="89" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="16"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="G23" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="H23" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="90"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="69"/>
+      <c r="G24" s="65"/>
+      <c r="H24" s="69"/>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="91" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="16"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="71"/>
+      <c r="G25" s="75"/>
+      <c r="H25" s="71"/>
+      <c r="I25" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="89" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" s="64" t="s">
+        <v>381</v>
+      </c>
+      <c r="G26" s="72" t="s">
+        <v>381</v>
+      </c>
+      <c r="H26" s="59" t="s">
+        <v>381</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="90"/>
+      <c r="B27" s="16"/>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="G27" s="69" t="s">
+        <v>370</v>
+      </c>
+      <c r="H27" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="91" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="16"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="65"/>
+      <c r="G28" s="69"/>
+      <c r="H28" s="60"/>
+      <c r="I28" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="89" t="s">
+        <v>50</v>
+      </c>
+      <c r="F29" s="59" t="s">
+        <v>382</v>
+      </c>
+      <c r="G29" s="59" t="s">
+        <v>382</v>
+      </c>
+      <c r="H29" s="64" t="s">
+        <v>382</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="90"/>
+      <c r="B30" s="16"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16"/>
+      <c r="E30" s="16"/>
+      <c r="F30" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="G30" s="60" t="s">
+        <v>372</v>
+      </c>
+      <c r="H30" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="91" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="16"/>
+      <c r="C31" s="87"/>
+      <c r="D31" s="87"/>
+      <c r="E31" s="87"/>
+      <c r="F31" s="61"/>
+      <c r="G31" s="61"/>
+      <c r="H31" s="68"/>
+      <c r="I31" s="9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="89" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="16"/>
+      <c r="C32" s="86"/>
+      <c r="D32" s="86"/>
+      <c r="E32" s="86"/>
+      <c r="F32" s="76"/>
+      <c r="G32" s="76"/>
+      <c r="H32" s="67"/>
+      <c r="I32" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="90"/>
+      <c r="B33" s="16"/>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="16"/>
+      <c r="F33" s="10"/>
+      <c r="G33" s="16"/>
+      <c r="H33" s="20"/>
+      <c r="I33" s="8"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="91" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="16"/>
+      <c r="C34" s="84"/>
+      <c r="D34" s="84"/>
+      <c r="E34" s="84"/>
+      <c r="F34" s="22"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="20"/>
+      <c r="I34" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="89" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="16"/>
+      <c r="C35" s="86"/>
+      <c r="D35" s="86"/>
+      <c r="E35" s="86"/>
+      <c r="F35" s="4"/>
+      <c r="G35" s="54"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="90"/>
+      <c r="B36" s="16"/>
+      <c r="C36" s="16"/>
+      <c r="D36" s="16"/>
+      <c r="E36" s="16"/>
+      <c r="F36" s="19"/>
+      <c r="G36" s="16"/>
+      <c r="H36" s="20"/>
+      <c r="I36" s="8"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="91" t="s">
+        <v>72</v>
+      </c>
+      <c r="F37" s="10"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="23"/>
+      <c r="I37" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="89" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="16"/>
+      <c r="F38" s="81"/>
+      <c r="G38" s="16"/>
+      <c r="H38" s="20"/>
+      <c r="I38" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="90"/>
+      <c r="B39" s="16"/>
+      <c r="C39" s="84"/>
+      <c r="D39" s="84"/>
+      <c r="E39" s="84"/>
+      <c r="F39" s="81"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="6"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="91" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" s="84"/>
+      <c r="D40" s="84"/>
+      <c r="E40" s="84"/>
+      <c r="F40" s="10"/>
+      <c r="G40" s="16"/>
+      <c r="H40" s="20"/>
+      <c r="I40" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="89" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="16"/>
+      <c r="C41" s="86"/>
+      <c r="D41" s="86"/>
+      <c r="E41" s="86"/>
+      <c r="F41" s="22"/>
+      <c r="G41" s="16"/>
+      <c r="H41" s="20"/>
+      <c r="I41" s="2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="90"/>
+      <c r="B42" s="84"/>
+      <c r="F42" s="81"/>
+      <c r="G42" s="16"/>
+      <c r="H42" s="20"/>
+      <c r="I42" s="6"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="91" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="88"/>
+      <c r="C43" s="84"/>
+      <c r="D43" s="84"/>
+      <c r="E43" s="84"/>
+      <c r="F43" s="80"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="20"/>
+      <c r="I43" s="3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="89" t="s">
+        <v>100</v>
+      </c>
+      <c r="C44" s="84"/>
+      <c r="D44" s="84"/>
+      <c r="E44" s="84"/>
+      <c r="F44" s="22"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="20"/>
+      <c r="I44" s="2" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="92"/>
+      <c r="B45" s="84"/>
+      <c r="C45" s="84"/>
+      <c r="D45" s="84"/>
+      <c r="E45" s="84"/>
+      <c r="F45" s="81"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="20"/>
+      <c r="I45" s="5"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="91" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="85"/>
+      <c r="C46" s="85"/>
+      <c r="D46" s="85"/>
+      <c r="E46" s="85"/>
+      <c r="F46" s="80"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="23"/>
+      <c r="I46" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="51"/>
+      <c r="I47" s="14"/>
+    </row>
+    <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="53"/>
+      <c r="B48" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="C48" s="79"/>
+      <c r="G48" s="25" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="14"/>
+      <c r="G49" s="39"/>
+      <c r="H49" s="55"/>
+      <c r="I49" s="39" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="14"/>
+      <c r="C50" s="16"/>
+      <c r="G50" s="20"/>
+      <c r="H50" s="56"/>
+      <c r="I50" s="5"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="14"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="56"/>
+      <c r="I51" s="5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="14"/>
+      <c r="D52" s="16"/>
+      <c r="G52" s="5"/>
+      <c r="H52" s="56"/>
+      <c r="I52" s="39" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="14"/>
+      <c r="C53" s="16"/>
+      <c r="D53" s="16"/>
+      <c r="E53" s="16"/>
+      <c r="G53" s="20"/>
+      <c r="H53" s="56"/>
+      <c r="I53" s="5"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="14"/>
+      <c r="B54" s="16"/>
+      <c r="C54" s="16"/>
+      <c r="D54" s="16"/>
+      <c r="E54" s="16"/>
+      <c r="G54" s="20"/>
+      <c r="H54" s="56"/>
+      <c r="I54" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="14"/>
+      <c r="B55" s="16"/>
+      <c r="G55" s="20"/>
+      <c r="H55" s="56"/>
+      <c r="I55" s="39" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="14"/>
+      <c r="B56" s="16"/>
+      <c r="G56" s="20"/>
+      <c r="H56" s="56"/>
+      <c r="I56" s="5"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="F57" s="30"/>
+      <c r="G57" s="20"/>
+      <c r="H57" s="56"/>
+      <c r="I57" s="43" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="26"/>
+      <c r="B58" s="16"/>
+      <c r="C58" s="16"/>
+      <c r="F58" s="30"/>
+      <c r="G58" s="20"/>
+      <c r="H58" s="56"/>
+      <c r="I58" s="4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="26"/>
+      <c r="B59" s="16"/>
+      <c r="C59" s="16"/>
+      <c r="F59" s="30"/>
+      <c r="G59" s="20"/>
+      <c r="H59" s="56"/>
+      <c r="I59" s="4"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="26"/>
+      <c r="B60" s="16"/>
+      <c r="C60" s="16"/>
+      <c r="F60" s="30"/>
+      <c r="G60" s="20"/>
+      <c r="H60" s="56"/>
+      <c r="I60" s="4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="16"/>
+      <c r="B61" s="28"/>
+      <c r="C61" s="24"/>
+      <c r="F61" s="30"/>
+      <c r="G61" s="20"/>
+      <c r="H61" s="56"/>
+      <c r="I61" s="10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="16"/>
+      <c r="B62" s="28"/>
+      <c r="C62" s="24"/>
+      <c r="F62" s="30"/>
+      <c r="G62" s="20"/>
+      <c r="H62" s="56"/>
+      <c r="I62" s="5"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="26"/>
+      <c r="B63" s="28"/>
+      <c r="C63" s="24"/>
+      <c r="F63" s="30"/>
+      <c r="G63" s="20"/>
+      <c r="H63" s="56"/>
+      <c r="I63" s="19" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="26"/>
+      <c r="B64" s="28"/>
+      <c r="C64" s="24"/>
+      <c r="F64" s="30"/>
+      <c r="G64" s="20"/>
+      <c r="H64" s="56"/>
+      <c r="I64" s="4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A65" s="26"/>
+      <c r="B65" s="28"/>
+      <c r="C65" s="24"/>
+      <c r="F65" s="30"/>
+      <c r="G65" s="20"/>
+      <c r="H65" s="56"/>
+      <c r="I65" s="4"/>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A66" s="26"/>
+      <c r="B66" s="28"/>
+      <c r="C66" s="24"/>
+      <c r="F66" s="30"/>
+      <c r="G66" s="23"/>
+      <c r="H66" s="57"/>
+      <c r="I66" s="19" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A67" s="26"/>
+      <c r="B67" s="28"/>
+      <c r="C67" s="24"/>
+      <c r="G67" s="16"/>
+      <c r="H67" s="16"/>
+    </row>
+    <row r="68" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="42" t="s">
+        <v>268</v>
+      </c>
+      <c r="B68" s="42"/>
+      <c r="C68" s="42"/>
+      <c r="D68" s="42"/>
+      <c r="E68" s="42"/>
+      <c r="F68" s="42"/>
+      <c r="G68" s="42" t="s">
+        <v>269</v>
+      </c>
+      <c r="H68" s="42" t="s">
+        <v>269</v>
+      </c>
+      <c r="I68" s="83" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="36" t="s">
+        <v>271</v>
+      </c>
+      <c r="B69" s="36"/>
+      <c r="C69" s="36"/>
+      <c r="D69" s="36"/>
+      <c r="E69" s="36"/>
+      <c r="F69" s="36"/>
+      <c r="G69" s="36"/>
+      <c r="H69" s="36"/>
+      <c r="I69" s="82">
+        <f>SUM(B69:H69)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="36" t="s">
+        <v>272</v>
+      </c>
+      <c r="B70" s="36"/>
+      <c r="C70" s="36"/>
+      <c r="D70" s="36"/>
+      <c r="E70" s="36"/>
+      <c r="F70" s="36"/>
+      <c r="G70" s="36"/>
+      <c r="H70" s="36"/>
+      <c r="I70" s="82">
+        <f t="shared" ref="I70:I77" si="0">SUM(B70:H70)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="36" t="s">
+        <v>273</v>
+      </c>
+      <c r="B71" s="36"/>
+      <c r="C71" s="36"/>
+      <c r="D71" s="36"/>
+      <c r="E71" s="36"/>
+      <c r="F71" s="36"/>
+      <c r="G71" s="36"/>
+      <c r="H71" s="36"/>
+      <c r="I71" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="B72" s="36"/>
+      <c r="C72" s="36"/>
+      <c r="D72" s="36"/>
+      <c r="E72" s="36"/>
+      <c r="F72" s="36"/>
+      <c r="G72" s="36"/>
+      <c r="H72" s="36"/>
+      <c r="I72" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="36" t="s">
+        <v>274</v>
+      </c>
+      <c r="B73" s="36"/>
+      <c r="C73" s="36"/>
+      <c r="D73" s="36"/>
+      <c r="E73" s="36"/>
+      <c r="F73" s="36"/>
+      <c r="G73" s="36"/>
+      <c r="H73" s="36"/>
+      <c r="I73" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="B74" s="36"/>
+      <c r="C74" s="36"/>
+      <c r="D74" s="36"/>
+      <c r="E74" s="36"/>
+      <c r="F74" s="36"/>
+      <c r="G74" s="36"/>
+      <c r="H74" s="36"/>
+      <c r="I74" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="36" t="s">
+        <v>276</v>
+      </c>
+      <c r="B75" s="36"/>
+      <c r="C75" s="36"/>
+      <c r="D75" s="36"/>
+      <c r="E75" s="36"/>
+      <c r="F75" s="36"/>
+      <c r="G75" s="36"/>
+      <c r="H75" s="36"/>
+      <c r="I75" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="36" t="s">
+        <v>277</v>
+      </c>
+      <c r="B76" s="36"/>
+      <c r="C76" s="36"/>
+      <c r="D76" s="36"/>
+      <c r="E76" s="36"/>
+      <c r="F76" s="36"/>
+      <c r="G76" s="36"/>
+      <c r="H76" s="36"/>
+      <c r="I76" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="36" t="s">
+        <v>278</v>
+      </c>
+      <c r="B77" s="36"/>
+      <c r="C77" s="36"/>
+      <c r="D77" s="36"/>
+      <c r="E77" s="36"/>
+      <c r="F77" s="36"/>
+      <c r="G77" s="36"/>
+      <c r="H77" s="36"/>
+      <c r="I77" s="82">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="79" spans="1:9" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="80" spans="1:9" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="81" spans="1:6" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="16"/>
+      <c r="B81" s="16"/>
+      <c r="C81" s="16"/>
+      <c r="D81" s="16"/>
+      <c r="E81" s="16"/>
+      <c r="F81" s="16"/>
+    </row>
+    <row r="82" spans="1:6" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="83" spans="1:6" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="84" spans="1:6" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="85" spans="1:6" hidden="1" x14ac:dyDescent="0.2"/>
+    <row r="86" spans="1:6" hidden="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <pageMargins left="0.59055118110236227" right="0" top="0.39370078740157483" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6233B3C-F78E-4980-AD19-FCAC3446A72C}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I76"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C45" sqref="C45"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="210" t="s">
+        <v>129</v>
+      </c>
+      <c r="B1" s="211"/>
+      <c r="C1" s="212"/>
+      <c r="D1" s="212" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="213"/>
+      <c r="F1" s="212">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="212"/>
+      <c r="H1" s="215"/>
+      <c r="I1" s="215"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="216"/>
+      <c r="B2" s="216"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="215"/>
+      <c r="F2" s="215"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="215"/>
+      <c r="I2" s="215"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="217" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="286" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="271" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="219" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="380" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="224"/>
+      <c r="B4" s="225">
+        <v>46013</v>
+      </c>
+      <c r="C4" s="226">
+        <v>46014</v>
+      </c>
+      <c r="D4" s="227">
+        <v>359</v>
+      </c>
+      <c r="E4" s="337">
+        <v>46016</v>
+      </c>
+      <c r="F4" s="227">
+        <v>46017</v>
+      </c>
+      <c r="G4" s="502">
+        <v>46018</v>
+      </c>
+      <c r="H4" s="516">
+        <v>46019</v>
+      </c>
+      <c r="I4" s="506"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="531" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="536"/>
+      <c r="F5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="481" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="517" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="507" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="236"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="532" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="536"/>
+      <c r="F6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="482" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="518" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="508"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="240" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="216"/>
+      <c r="C7" s="330" t="s">
+        <v>113</v>
+      </c>
+      <c r="D7" s="565"/>
+      <c r="E7" s="536"/>
+      <c r="F7" s="570" t="s">
+        <v>130</v>
+      </c>
+      <c r="G7" s="216"/>
+      <c r="H7" s="519" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="509" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="262" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="295" t="s">
+        <v>114</v>
+      </c>
+      <c r="C8" s="233" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" s="533"/>
+      <c r="E8" s="536"/>
+      <c r="F8" s="438" t="s">
+        <v>124</v>
+      </c>
+      <c r="G8" s="332" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="520" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="507" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="264"/>
+      <c r="B9" s="298" t="s">
+        <v>115</v>
+      </c>
+      <c r="C9" s="233">
+        <v>4</v>
+      </c>
+      <c r="D9" s="533"/>
+      <c r="E9" s="536"/>
+      <c r="F9" s="438" t="s">
+        <v>125</v>
+      </c>
+      <c r="G9" s="216" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="269"/>
+      <c r="I9" s="508"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="266" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="298">
+        <v>4</v>
+      </c>
+      <c r="C10" s="455"/>
+      <c r="D10" s="533"/>
+      <c r="E10" s="536"/>
+      <c r="F10" s="571"/>
+      <c r="G10" s="473" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10" s="269" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" s="509" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="262" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="455"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="533"/>
+      <c r="E11" s="536"/>
+      <c r="G11" s="269"/>
+      <c r="H11" s="269"/>
+      <c r="I11" s="507" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="236"/>
+      <c r="B12" s="250"/>
+      <c r="C12" s="570" t="s">
+        <v>131</v>
+      </c>
+      <c r="D12" s="533"/>
+      <c r="E12" s="536"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="503" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="269"/>
+      <c r="I12" s="508"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="240" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="250"/>
+      <c r="C13" s="438"/>
+      <c r="D13" s="533"/>
+      <c r="E13" s="536"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="423" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="269"/>
+      <c r="I13" s="509" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="232" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="216"/>
+      <c r="C14" s="438" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" s="533"/>
+      <c r="E14" s="536"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="422"/>
+      <c r="H14" s="520" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="507" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="236"/>
+      <c r="B15" s="216"/>
+      <c r="C15" s="438" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" s="533"/>
+      <c r="E15" s="536"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="281" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="269"/>
+      <c r="I15" s="508"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="240" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="571"/>
+      <c r="D16" s="533" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" s="536" t="s">
+        <v>118</v>
+      </c>
+      <c r="F16" s="216"/>
+      <c r="G16" s="282" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="269"/>
+      <c r="I16" s="509" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="232" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="533"/>
+      <c r="E17" s="536"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="282" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="507" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="264"/>
+      <c r="B18" s="570" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" s="216"/>
+      <c r="D18" s="533"/>
+      <c r="E18" s="536"/>
+      <c r="F18" s="570" t="s">
+        <v>133</v>
+      </c>
+      <c r="G18" s="572"/>
+      <c r="H18" s="269"/>
+      <c r="I18" s="508"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="266" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="438"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="533"/>
+      <c r="E19" s="536"/>
+      <c r="F19" s="438"/>
+      <c r="G19" s="301" t="s">
+        <v>134</v>
+      </c>
+      <c r="H19" s="269"/>
+      <c r="I19" s="509" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="262" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="438" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" s="216"/>
+      <c r="D20" s="533"/>
+      <c r="E20" s="536"/>
+      <c r="F20" s="438" t="s">
+        <v>124</v>
+      </c>
+      <c r="G20" s="301"/>
+      <c r="H20" s="269"/>
+      <c r="I20" s="507" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="264"/>
+      <c r="B21" s="438"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="533"/>
+      <c r="E21" s="536"/>
+      <c r="F21" s="438" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" s="301" t="s">
+        <v>121</v>
+      </c>
+      <c r="H21" s="274"/>
+      <c r="I21" s="508"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="438" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" s="216"/>
+      <c r="D22" s="533"/>
+      <c r="E22" s="536"/>
+      <c r="F22" s="438"/>
+      <c r="G22" s="301">
+        <v>4</v>
+      </c>
+      <c r="H22" s="521"/>
+      <c r="I22" s="509" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="262" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="438"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="533"/>
+      <c r="E23" s="536"/>
+      <c r="F23" s="438"/>
+      <c r="G23" s="427"/>
+      <c r="H23" s="298" t="s">
+        <v>136</v>
+      </c>
+      <c r="I23" s="507" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="264"/>
+      <c r="B24" s="438"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="533"/>
+      <c r="E24" s="536"/>
+      <c r="F24" s="571"/>
+      <c r="G24" s="427"/>
+      <c r="H24" s="298"/>
+      <c r="I24" s="508"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="266" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="571"/>
+      <c r="C25" s="216"/>
+      <c r="D25" s="533"/>
+      <c r="E25" s="536"/>
+      <c r="F25" s="536" t="s">
+        <v>118</v>
+      </c>
+      <c r="G25" s="298"/>
+      <c r="H25" s="298" t="s">
+        <v>121</v>
+      </c>
+      <c r="I25" s="509" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="245" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="216"/>
+      <c r="D26" s="533"/>
+      <c r="E26" s="536"/>
+      <c r="F26" s="536"/>
+      <c r="G26" s="219" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="298">
+        <v>4</v>
+      </c>
+      <c r="I26" s="507" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="264"/>
+      <c r="B27" s="245" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="216"/>
+      <c r="D27" s="533"/>
+      <c r="E27" s="536"/>
+      <c r="F27" s="549" t="s">
+        <v>47</v>
+      </c>
+      <c r="G27" s="269" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="298"/>
+      <c r="I27" s="508"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="266" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="267"/>
+      <c r="C28" s="216"/>
+      <c r="D28" s="534"/>
+      <c r="E28" s="536"/>
+      <c r="F28" s="546" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="342"/>
+      <c r="H28" s="298"/>
+      <c r="I28" s="509" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="535" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="541" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="552"/>
+      <c r="G29" s="564"/>
+      <c r="H29" s="219"/>
+      <c r="I29" s="507" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="264"/>
+      <c r="B30" s="243"/>
+      <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="536" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="542" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="553"/>
+      <c r="G30" s="564"/>
+      <c r="H30" s="269"/>
+      <c r="I30" s="508"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="266" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="243" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="537"/>
+      <c r="E31" s="543" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="553"/>
+      <c r="G31" s="564"/>
+      <c r="H31" s="269"/>
+      <c r="I31" s="509" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="262" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="243"/>
+      <c r="C32" s="276"/>
+      <c r="D32" s="536" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="542"/>
+      <c r="F32" s="552"/>
+      <c r="G32" s="564" t="s">
+        <v>137</v>
+      </c>
+      <c r="H32" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="I32" s="507" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="264"/>
+      <c r="B33" s="243"/>
+      <c r="C33" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="536" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="541" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="552"/>
+      <c r="G33" s="564"/>
+      <c r="H33" s="269"/>
+      <c r="I33" s="508"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="243"/>
+      <c r="C34" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="538" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="544" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="552"/>
+      <c r="G34" s="564"/>
+      <c r="H34" s="342"/>
+      <c r="I34" s="509" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="262" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="283"/>
+      <c r="C35" s="418"/>
+      <c r="D35" s="535" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" s="545" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" s="554" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="219"/>
+      <c r="H35" s="269"/>
+      <c r="I35" s="507" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="264"/>
+      <c r="B36" s="243"/>
+      <c r="C36" s="426"/>
+      <c r="D36" s="536" t="s">
+        <v>55</v>
+      </c>
+      <c r="E36" s="546" t="s">
+        <v>70</v>
+      </c>
+      <c r="F36" s="546" t="s">
+        <v>71</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="269"/>
+      <c r="I36" s="508"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="355" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="505" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="539" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="547" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" s="548" t="s">
+        <v>75</v>
+      </c>
+      <c r="G37" s="269"/>
+      <c r="H37" s="269"/>
+      <c r="I37" s="509" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" s="450" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" s="536"/>
+      <c r="E38" s="548"/>
+      <c r="F38" s="546"/>
+      <c r="G38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="I38" s="507" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="264"/>
+      <c r="B39" s="336" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="450" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="535" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" s="549" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" s="549" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" s="269"/>
+      <c r="H39" s="269"/>
+      <c r="I39" s="508"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="304" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="419" t="s">
+        <v>81</v>
+      </c>
+      <c r="D40" s="536" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" s="542" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="546" t="s">
+        <v>86</v>
+      </c>
+      <c r="G40" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H40" s="269" t="s">
+        <v>128</v>
+      </c>
+      <c r="I40" s="509" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="262" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="304" t="s">
+        <v>90</v>
+      </c>
+      <c r="C41" s="275" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="536">
+        <v>3</v>
+      </c>
+      <c r="E41" s="544">
+        <v>4</v>
+      </c>
+      <c r="F41" s="542">
+        <v>4</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="219"/>
+      <c r="I41" s="507" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="264"/>
+      <c r="B42" s="452" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="270" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42" s="537"/>
+      <c r="E42" s="548"/>
+      <c r="F42" s="544"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="269"/>
+      <c r="I42" s="508"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="421" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="254"/>
+      <c r="D43" s="536" t="s">
+        <v>94</v>
+      </c>
+      <c r="E43" s="550" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43" s="555" t="s">
+        <v>96</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="269"/>
+      <c r="I43" s="509" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="232" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="293" t="s">
+        <v>101</v>
+      </c>
+      <c r="C44" s="248"/>
+      <c r="D44" s="536" t="s">
+        <v>86</v>
+      </c>
+      <c r="E44" s="544" t="s">
+        <v>102</v>
+      </c>
+      <c r="F44" s="556" t="s">
+        <v>103</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="269"/>
+      <c r="I44" s="507" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="305"/>
+      <c r="B45" s="296">
+        <v>4</v>
+      </c>
+      <c r="C45" s="245"/>
+      <c r="D45" s="540">
+        <v>4</v>
+      </c>
+      <c r="E45" s="543" t="s">
+        <v>75</v>
+      </c>
+      <c r="F45" s="553"/>
+      <c r="G45" s="216"/>
+      <c r="H45" s="269"/>
+      <c r="I45" s="284"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="240" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="420"/>
+      <c r="C46" s="248"/>
+      <c r="D46" s="537"/>
+      <c r="E46" s="544"/>
+      <c r="F46" s="557"/>
+      <c r="G46" s="268"/>
+      <c r="H46" s="342"/>
+      <c r="I46" s="510" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="B47" s="215"/>
+      <c r="C47" s="287"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="551"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="215"/>
+      <c r="H47" s="215"/>
+      <c r="I47" s="215"/>
+    </row>
+    <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="317"/>
+      <c r="B48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H48" s="215"/>
+      <c r="I48" s="215"/>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="500" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="215"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="215"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="217"/>
+      <c r="H49" s="271"/>
+      <c r="I49" s="380" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="261" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" s="216"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="216"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="216"/>
+      <c r="I50" s="284"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="261" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="215"/>
+      <c r="D51" s="215"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="216"/>
+      <c r="I51" s="284" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="501"/>
+      <c r="C52" s="215"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="319"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="305"/>
+      <c r="H52" s="216"/>
+      <c r="I52" s="522" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="215"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="216"/>
+      <c r="I53" s="284"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="216"/>
+      <c r="D54" s="216"/>
+      <c r="E54" s="216"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="216"/>
+      <c r="I54" s="284" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="216"/>
+      <c r="I55" s="522" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="314"/>
+      <c r="B56" s="216"/>
+      <c r="C56" s="215"/>
+      <c r="D56" s="215"/>
+      <c r="E56" s="215"/>
+      <c r="F56" s="215"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="216"/>
+      <c r="I56" s="284"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="320"/>
+      <c r="B57" s="320"/>
+      <c r="C57" s="320"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="216"/>
+      <c r="I57" s="511" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="216"/>
+      <c r="I58" s="523" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="216"/>
+      <c r="I59" s="523"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="322"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="216"/>
+      <c r="I60" s="523" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="216"/>
+      <c r="I61" s="524" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="323"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="216"/>
+      <c r="I62" s="523"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="216"/>
+      <c r="I63" s="511" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="216"/>
+      <c r="I64" s="523" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A65" s="322"/>
+      <c r="B65" s="323"/>
+      <c r="C65" s="323"/>
+      <c r="D65" s="320"/>
+      <c r="E65" s="320"/>
+      <c r="F65" s="320"/>
+      <c r="G65" s="279"/>
+      <c r="H65" s="216"/>
+      <c r="I65" s="525"/>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A66" s="322"/>
+      <c r="B66" s="323"/>
+      <c r="C66" s="323"/>
+      <c r="D66" s="320"/>
+      <c r="E66" s="320"/>
+      <c r="F66" s="320"/>
+      <c r="G66" s="313"/>
+      <c r="H66" s="327"/>
+      <c r="I66" s="327"/>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A67" s="320"/>
+      <c r="B67" s="215"/>
+      <c r="C67" s="215"/>
+      <c r="D67" s="215"/>
+      <c r="E67" s="215"/>
+      <c r="F67" s="215"/>
+      <c r="G67" s="215"/>
+      <c r="H67" s="215"/>
+      <c r="I67" s="215"/>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A68" s="320"/>
+      <c r="B68" s="215"/>
+      <c r="C68" s="215"/>
+      <c r="D68" s="215"/>
+      <c r="E68" s="215"/>
+      <c r="F68" s="215"/>
+      <c r="G68" s="215"/>
+      <c r="H68" s="215"/>
+      <c r="I68" s="215"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A69" s="320"/>
+      <c r="B69" s="215"/>
+      <c r="C69" s="215"/>
+      <c r="D69" s="215"/>
+      <c r="E69" s="215"/>
+      <c r="F69" s="215"/>
+      <c r="G69" s="215"/>
+      <c r="H69" s="215"/>
+      <c r="I69" s="215"/>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A70" s="320"/>
+      <c r="B70" s="215"/>
+      <c r="C70" s="215"/>
+      <c r="D70" s="215"/>
+      <c r="E70" s="215"/>
+      <c r="F70" s="215"/>
+      <c r="G70" s="215"/>
+      <c r="H70" s="215"/>
+      <c r="I70" s="215"/>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A71" s="320"/>
+      <c r="B71" s="215"/>
+      <c r="C71" s="215"/>
+      <c r="D71" s="215"/>
+      <c r="E71" s="215"/>
+      <c r="F71" s="215"/>
+      <c r="G71" s="215"/>
+      <c r="H71" s="215"/>
+      <c r="I71" s="215"/>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A72" s="320"/>
+      <c r="B72" s="215"/>
+      <c r="C72" s="215"/>
+      <c r="D72" s="215"/>
+      <c r="E72" s="215"/>
+      <c r="F72" s="215"/>
+      <c r="G72" s="215"/>
+      <c r="H72" s="215"/>
+      <c r="I72" s="215"/>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A73" s="320"/>
+      <c r="B73" s="215"/>
+      <c r="C73" s="215"/>
+      <c r="D73" s="215"/>
+      <c r="E73" s="215"/>
+      <c r="F73" s="215"/>
+      <c r="G73" s="215"/>
+      <c r="H73" s="215"/>
+      <c r="I73" s="215"/>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A74" s="320"/>
+      <c r="B74" s="215"/>
+      <c r="C74" s="215"/>
+      <c r="D74" s="215"/>
+      <c r="E74" s="215"/>
+      <c r="F74" s="215"/>
+      <c r="G74" s="215"/>
+      <c r="H74" s="215"/>
+      <c r="I74" s="215"/>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A75" s="320"/>
+      <c r="B75" s="215"/>
+      <c r="C75" s="215"/>
+      <c r="D75" s="215"/>
+      <c r="E75" s="215"/>
+      <c r="F75" s="215"/>
+      <c r="G75" s="215"/>
+      <c r="H75" s="215"/>
+      <c r="I75" s="215"/>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A76" s="320"/>
+      <c r="B76" s="215"/>
+      <c r="C76" s="215"/>
+      <c r="D76" s="215"/>
+      <c r="E76" s="215"/>
+      <c r="F76" s="215"/>
+      <c r="G76" s="215"/>
+      <c r="H76" s="215"/>
+      <c r="I76" s="215"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED9F72CB-D5EE-4F1D-B6F7-0AE953DA3235}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I65"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="L33" sqref="L33"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="210" t="s">
+        <v>138</v>
+      </c>
+      <c r="B1" s="211"/>
+      <c r="C1" s="212"/>
+      <c r="D1" s="212" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="213"/>
+      <c r="F1" s="212">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="212"/>
+      <c r="H1" s="215"/>
+      <c r="I1" s="215"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="216"/>
+      <c r="B2" s="216"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="215"/>
+      <c r="F2" s="215"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="215"/>
+      <c r="I2" s="215"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="380" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="271" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="222" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="223" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="217" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="511"/>
+      <c r="B4" s="512">
+        <v>46006</v>
+      </c>
+      <c r="C4" s="226">
+        <v>46007</v>
+      </c>
+      <c r="D4" s="227">
+        <v>352</v>
+      </c>
+      <c r="E4" s="337">
+        <v>46009</v>
+      </c>
+      <c r="F4" s="227">
+        <v>46010</v>
+      </c>
+      <c r="G4" s="229">
+        <v>46011</v>
+      </c>
+      <c r="H4" s="230">
+        <v>46012</v>
+      </c>
+      <c r="I4" s="231"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="507" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="216"/>
+      <c r="F5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="234" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="232" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="508"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="216"/>
+      <c r="F6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="238" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="239" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="236"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="509" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="216"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="470"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="470"/>
+      <c r="G7" s="238"/>
+      <c r="H7" s="242" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="240" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="507" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="216"/>
+      <c r="C8" s="216"/>
+      <c r="D8" s="216"/>
+      <c r="E8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="222" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="244" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="508"/>
+      <c r="B9" s="216"/>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="245" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="246"/>
+      <c r="I9" s="247"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="509" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="216"/>
+      <c r="C10" s="216"/>
+      <c r="D10" s="216"/>
+      <c r="E10" s="216"/>
+      <c r="F10" s="216"/>
+      <c r="G10" s="248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="246" t="s">
+        <v>24</v>
+      </c>
+      <c r="I10" s="249" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="507" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="216"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="216"/>
+      <c r="F11" s="216"/>
+      <c r="G11" s="245"/>
+      <c r="H11" s="246"/>
+      <c r="I11" s="244" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="508"/>
+      <c r="B12" s="250"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="429" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="246"/>
+      <c r="I12" s="247"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="509" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="250"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="392" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="246"/>
+      <c r="I13" s="249" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="507" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="216"/>
+      <c r="E14" s="216"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="399"/>
+      <c r="H14" s="222" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="244" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="508"/>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="408" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="246"/>
+      <c r="I15" s="247"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="509" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="246"/>
+      <c r="I16" s="249" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="507" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="253" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" s="246" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="244" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="508"/>
+      <c r="B18" s="216"/>
+      <c r="C18" s="216"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="216"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="432"/>
+      <c r="H18" s="246"/>
+      <c r="I18" s="247"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="509" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="216"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="216"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="392" t="s">
+        <v>117</v>
+      </c>
+      <c r="H19" s="246"/>
+      <c r="I19" s="249" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="507" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="216"/>
+      <c r="C20" s="216"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="216"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="392" t="s">
+        <v>139</v>
+      </c>
+      <c r="H20" s="246"/>
+      <c r="I20" s="244" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="508"/>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="245" t="s">
+        <v>140</v>
+      </c>
+      <c r="H21" s="257"/>
+      <c r="I21" s="247"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="509" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="216"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="245" t="s">
+        <v>141</v>
+      </c>
+      <c r="H22" s="259"/>
+      <c r="I22" s="249" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="507" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="216"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="216"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="248" t="s">
+        <v>142</v>
+      </c>
+      <c r="H23" s="401" t="s">
+        <v>143</v>
+      </c>
+      <c r="I23" s="244" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="508"/>
+      <c r="B24" s="216"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="216"/>
+      <c r="E24" s="216"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="248" t="s">
+        <v>144</v>
+      </c>
+      <c r="H24" s="401">
+        <v>1</v>
+      </c>
+      <c r="I24" s="247"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="509" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="216"/>
+      <c r="C25" s="216"/>
+      <c r="D25" s="216"/>
+      <c r="E25" s="216"/>
+      <c r="F25" s="216"/>
+      <c r="G25" s="245"/>
+      <c r="H25" s="401" t="s">
+        <v>145</v>
+      </c>
+      <c r="I25" s="249" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="507" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="221" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="216"/>
+      <c r="D26" s="216"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="216"/>
+      <c r="G26" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="401">
+        <v>4</v>
+      </c>
+      <c r="I26" s="244" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="508"/>
+      <c r="B27" s="357" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="216"/>
+      <c r="D27" s="216"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G27" s="245" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="401" t="s">
+        <v>142</v>
+      </c>
+      <c r="I27" s="247"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="509" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="475"/>
+      <c r="C28" s="216"/>
+      <c r="D28" s="268"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="267"/>
+      <c r="H28" s="401" t="s">
+        <v>146</v>
+      </c>
+      <c r="I28" s="249" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="507" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="216" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="357"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="220"/>
+      <c r="I29" s="244" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="508"/>
+      <c r="B30" s="216"/>
+      <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="356"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="245"/>
+      <c r="I30" s="247"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="509" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="216" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="297"/>
+      <c r="E31" s="405" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="356"/>
+      <c r="G31" s="216"/>
+      <c r="H31" s="245"/>
+      <c r="I31" s="249" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="507" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="216"/>
+      <c r="C32" s="276"/>
+      <c r="D32" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="256"/>
+      <c r="F32" s="357"/>
+      <c r="G32" s="216" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="I32" s="244" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="508"/>
+      <c r="B33" s="216"/>
+      <c r="C33" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="220" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="357"/>
+      <c r="G33" s="216"/>
+      <c r="H33" s="245"/>
+      <c r="I33" s="247"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="509" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="216"/>
+      <c r="C34" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="216" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="248" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" s="357"/>
+      <c r="G34" s="216"/>
+      <c r="H34" s="245"/>
+      <c r="I34" s="249" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="507" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="473"/>
+      <c r="C35" s="440"/>
+      <c r="D35" s="220"/>
+      <c r="E35" s="530"/>
+      <c r="F35" s="433" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="219"/>
+      <c r="H35" s="220"/>
+      <c r="I35" s="244" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="508"/>
+      <c r="B36" s="216"/>
+      <c r="C36" s="441"/>
+      <c r="D36" s="269"/>
+      <c r="E36" s="220" t="s">
+        <v>147</v>
+      </c>
+      <c r="F36" s="288" t="s">
+        <v>71</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="245"/>
+      <c r="I36" s="247"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="509" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="391" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="496" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="274" t="s">
+        <v>76</v>
+      </c>
+      <c r="E37" s="334"/>
+      <c r="F37" s="290" t="s">
+        <v>77</v>
+      </c>
+      <c r="G37" s="269"/>
+      <c r="H37" s="245"/>
+      <c r="I37" s="249" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="507" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="358" t="s">
+        <v>55</v>
+      </c>
+      <c r="C38" s="388" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" s="269"/>
+      <c r="E38" s="248" t="s">
+        <v>148</v>
+      </c>
+      <c r="F38" s="288"/>
+      <c r="G38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="I38" s="244" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="508"/>
+      <c r="B39" s="513" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="388" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="245">
+        <v>1</v>
+      </c>
+      <c r="F39" s="339" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" s="269"/>
+      <c r="H39" s="245"/>
+      <c r="I39" s="247"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="509" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="301" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="443" t="s">
+        <v>81</v>
+      </c>
+      <c r="D40" s="269"/>
+      <c r="E40" s="245"/>
+      <c r="F40" s="340" t="s">
+        <v>88</v>
+      </c>
+      <c r="G40" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H40" s="245" t="s">
+        <v>128</v>
+      </c>
+      <c r="I40" s="249" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="507" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="301" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="308" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="269" t="s">
+        <v>149</v>
+      </c>
+      <c r="E41" s="248" t="s">
+        <v>150</v>
+      </c>
+      <c r="F41" s="449" t="s">
+        <v>75</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="220"/>
+      <c r="I41" s="244" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="508"/>
+      <c r="B42" s="427">
+        <v>4</v>
+      </c>
+      <c r="C42" s="304" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42" s="269"/>
+      <c r="E42" s="248">
+        <v>4</v>
+      </c>
+      <c r="F42" s="450"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="245"/>
+      <c r="I42" s="247"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="509" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="514" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="462" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="269" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" s="248"/>
+      <c r="F43" s="360" t="s">
+        <v>99</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="245"/>
+      <c r="I43" s="249" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="507" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="396" t="s">
+        <v>104</v>
+      </c>
+      <c r="C44" s="427" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" s="269"/>
+      <c r="E44" s="248" t="s">
+        <v>151</v>
+      </c>
+      <c r="F44" s="466" t="s">
+        <v>86</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="245"/>
+      <c r="I44" s="244" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="284"/>
+      <c r="B45" s="363" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="301">
+        <v>4</v>
+      </c>
+      <c r="D45" s="497"/>
+      <c r="E45" s="334" t="s">
+        <v>152</v>
+      </c>
+      <c r="F45" s="446">
+        <v>4</v>
+      </c>
+      <c r="G45" s="216"/>
+      <c r="H45" s="245"/>
+      <c r="I45" s="310"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="510" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="515"/>
+      <c r="C46" s="427"/>
+      <c r="D46" s="342"/>
+      <c r="E46" s="248"/>
+      <c r="F46" s="467"/>
+      <c r="G46" s="268"/>
+      <c r="H46" s="267"/>
+      <c r="I46" s="249" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="B47" s="215"/>
+      <c r="C47" s="315"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="287"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="215"/>
+      <c r="H47" s="215"/>
+      <c r="I47" s="314"/>
+    </row>
+    <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="317"/>
+      <c r="B48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H48" s="215"/>
+      <c r="I48" s="215"/>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="493" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="215"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="215"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="217"/>
+      <c r="H49" s="222"/>
+      <c r="I49" s="318" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="256" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" s="216"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="216"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="246"/>
+      <c r="I50" s="310"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="256" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="215"/>
+      <c r="D51" s="215"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="246"/>
+      <c r="I51" s="310" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="494"/>
+      <c r="C52" s="215"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="319"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="305"/>
+      <c r="H52" s="246"/>
+      <c r="I52" s="318" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="215"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="246"/>
+      <c r="I53" s="310"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="216"/>
+      <c r="D54" s="216"/>
+      <c r="E54" s="216"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="246"/>
+      <c r="I54" s="310" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="246"/>
+      <c r="I55" s="318" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="314"/>
+      <c r="B56" s="216"/>
+      <c r="C56" s="215"/>
+      <c r="D56" s="215"/>
+      <c r="E56" s="215"/>
+      <c r="F56" s="215"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="246"/>
+      <c r="I56" s="310"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="320"/>
+      <c r="B57" s="320"/>
+      <c r="C57" s="320"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="246"/>
+      <c r="I57" s="321" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="246"/>
+      <c r="I58" s="324" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="246"/>
+      <c r="I59" s="324"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="322"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="246"/>
+      <c r="I60" s="324" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="246"/>
+      <c r="I61" s="325" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="323"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="246"/>
+      <c r="I62" s="326"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="246"/>
+      <c r="I63" s="321" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="246"/>
+      <c r="I64" s="324" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A65" s="322"/>
+      <c r="B65" s="323"/>
+      <c r="C65" s="323"/>
+      <c r="D65" s="320"/>
+      <c r="E65" s="320"/>
+      <c r="F65" s="320"/>
+      <c r="G65" s="279"/>
+      <c r="H65" s="246"/>
+      <c r="I65" s="324"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{898ACBED-2AF9-4EF3-A7A6-7BAEF4E49A8F}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I65"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F39" sqref="F39"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="210" t="s">
+        <v>153</v>
+      </c>
+      <c r="B1" s="211"/>
+      <c r="C1" s="212"/>
+      <c r="D1" s="212" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="213"/>
+      <c r="F1" s="212">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="212"/>
+      <c r="H1" s="215"/>
+      <c r="I1" s="215"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="216"/>
+      <c r="B2" s="216"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="215"/>
+      <c r="F2" s="215"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="215"/>
+      <c r="I2" s="215"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="217" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="286" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="271" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="219" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="380" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="224"/>
+      <c r="B4" s="225">
+        <v>45999</v>
+      </c>
+      <c r="C4" s="226">
+        <v>46000</v>
+      </c>
+      <c r="D4" s="227">
+        <v>345</v>
+      </c>
+      <c r="E4" s="337">
+        <v>46002</v>
+      </c>
+      <c r="F4" s="227">
+        <v>46003</v>
+      </c>
+      <c r="G4" s="502">
+        <v>46004</v>
+      </c>
+      <c r="H4" s="516">
+        <v>46005</v>
+      </c>
+      <c r="I4" s="506"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="216"/>
+      <c r="F5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="481" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="517" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="507" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="236"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="216"/>
+      <c r="F6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="482" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="518" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="508"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="240" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="216"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="470"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="470"/>
+      <c r="G7" s="482"/>
+      <c r="H7" s="519" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="509" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="243"/>
+      <c r="C8" s="216"/>
+      <c r="D8" s="216"/>
+      <c r="E8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="219" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="580" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="507" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="236"/>
+      <c r="B9" s="216"/>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="269" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="581"/>
+      <c r="I9" s="508"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="240" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="216"/>
+      <c r="C10" s="216"/>
+      <c r="D10" s="216"/>
+      <c r="E10" s="216"/>
+      <c r="F10" s="216"/>
+      <c r="G10" s="274" t="s">
+        <v>23</v>
+      </c>
+      <c r="H10" s="581" t="s">
+        <v>154</v>
+      </c>
+      <c r="I10" s="509" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="232" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="216"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="216"/>
+      <c r="F11" s="216"/>
+      <c r="G11" s="269"/>
+      <c r="H11" s="581" t="s">
+        <v>155</v>
+      </c>
+      <c r="I11" s="507" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="236"/>
+      <c r="B12" s="250"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="503" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="581"/>
+      <c r="I12" s="508"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="240" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="250"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="423" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="581"/>
+      <c r="I13" s="509" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="232" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="216"/>
+      <c r="E14" s="216"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="422"/>
+      <c r="H14" s="520" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="507" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="236"/>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="281" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="269"/>
+      <c r="I15" s="508"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="240" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="282" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="269"/>
+      <c r="I16" s="509" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="232" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="282" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="507" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="236"/>
+      <c r="B18" s="216"/>
+      <c r="C18" s="216"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="216"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="504"/>
+      <c r="H18" s="269"/>
+      <c r="I18" s="508"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="240" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="216"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="216"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="423"/>
+      <c r="H19" s="269"/>
+      <c r="I19" s="509" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="232" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="216"/>
+      <c r="C20" s="216"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="216"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="423"/>
+      <c r="H20" s="269"/>
+      <c r="I20" s="507" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="236"/>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="269"/>
+      <c r="H21" s="274"/>
+      <c r="I21" s="508"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="240" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="216"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22" s="521"/>
+      <c r="I22" s="509" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="232" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="216"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="216"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="274"/>
+      <c r="H23" s="423" t="s">
+        <v>156</v>
+      </c>
+      <c r="I23" s="507" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="236"/>
+      <c r="B24" s="216"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="216"/>
+      <c r="E24" s="216"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="274"/>
+      <c r="H24" s="423" t="s">
+        <v>157</v>
+      </c>
+      <c r="I24" s="508"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="240" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="243"/>
+      <c r="C25" s="216"/>
+      <c r="D25" s="216"/>
+      <c r="E25" s="216"/>
+      <c r="F25" s="216"/>
+      <c r="G25" s="269"/>
+      <c r="H25" s="423" t="s">
+        <v>158</v>
+      </c>
+      <c r="I25" s="509" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="216"/>
+      <c r="D26" s="216"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="216"/>
+      <c r="G26" s="219" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="423" t="s">
+        <v>139</v>
+      </c>
+      <c r="I26" s="507" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="264"/>
+      <c r="B27" s="245" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="216"/>
+      <c r="D27" s="216"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G27" s="269" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="423" t="s">
+        <v>142</v>
+      </c>
+      <c r="I27" s="508"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="266" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="267"/>
+      <c r="C28" s="216"/>
+      <c r="D28" s="268"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="342"/>
+      <c r="H28" s="423" t="s">
+        <v>146</v>
+      </c>
+      <c r="I28" s="509" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="357"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="219"/>
+      <c r="I29" s="507" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="264"/>
+      <c r="B30" s="243"/>
+      <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="356"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="269"/>
+      <c r="I30" s="508"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="266" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="243" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="297"/>
+      <c r="E31" s="405" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="356"/>
+      <c r="G31" s="216"/>
+      <c r="H31" s="269"/>
+      <c r="I31" s="509" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="262" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="243"/>
+      <c r="C32" s="276"/>
+      <c r="D32" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="256"/>
+      <c r="F32" s="357"/>
+      <c r="G32" s="216" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="I32" s="507" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="264"/>
+      <c r="B33" s="243"/>
+      <c r="C33" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="408" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="357"/>
+      <c r="G33" s="216"/>
+      <c r="H33" s="269"/>
+      <c r="I33" s="508"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="243"/>
+      <c r="C34" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="268" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="357"/>
+      <c r="G34" s="216"/>
+      <c r="H34" s="342"/>
+      <c r="I34" s="509" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="262" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="283"/>
+      <c r="C35" s="418"/>
+      <c r="D35" s="285" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" s="428" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" s="433" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="219"/>
+      <c r="H35" s="269"/>
+      <c r="I35" s="507" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="264"/>
+      <c r="B36" s="243"/>
+      <c r="C36" s="426"/>
+      <c r="D36" s="288" t="s">
+        <v>55</v>
+      </c>
+      <c r="E36" s="423" t="s">
+        <v>70</v>
+      </c>
+      <c r="F36" s="386" t="s">
+        <v>71</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="269"/>
+      <c r="I36" s="508"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="355" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="505" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="290" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="424" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" s="434" t="s">
+        <v>75</v>
+      </c>
+      <c r="G37" s="269"/>
+      <c r="H37" s="269"/>
+      <c r="I37" s="509" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" s="450" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" s="288"/>
+      <c r="E38" s="422"/>
+      <c r="F38" s="386"/>
+      <c r="G38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="I38" s="507" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="264"/>
+      <c r="B39" s="336" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="450" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="332" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" s="295" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" s="451" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" s="269"/>
+      <c r="H39" s="269"/>
+      <c r="I39" s="508"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="304" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="419" t="s">
+        <v>81</v>
+      </c>
+      <c r="D40" s="216" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" s="233" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="304" t="s">
+        <v>103</v>
+      </c>
+      <c r="G40" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H40" s="269" t="s">
+        <v>128</v>
+      </c>
+      <c r="I40" s="509" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="262" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="304" t="s">
+        <v>90</v>
+      </c>
+      <c r="C41" s="275" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="216">
+        <v>3</v>
+      </c>
+      <c r="E41" s="237">
+        <v>4</v>
+      </c>
+      <c r="F41" s="270" t="s">
+        <v>77</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="219"/>
+      <c r="I41" s="507" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="264"/>
+      <c r="B42" s="452" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="270" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42" s="297"/>
+      <c r="E42" s="343"/>
+      <c r="F42" s="275"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="269"/>
+      <c r="I42" s="508"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="421" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="333" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="301" t="s">
+        <v>94</v>
+      </c>
+      <c r="E43" s="419" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43" s="382"/>
+      <c r="G43" s="216"/>
+      <c r="H43" s="269"/>
+      <c r="I43" s="509" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="232" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="293" t="s">
+        <v>101</v>
+      </c>
+      <c r="C44" s="237" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" s="301" t="s">
+        <v>86</v>
+      </c>
+      <c r="E44" s="275" t="s">
+        <v>102</v>
+      </c>
+      <c r="F44" s="586"/>
+      <c r="G44" s="216"/>
+      <c r="H44" s="269"/>
+      <c r="I44" s="507" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="305"/>
+      <c r="B45" s="296">
+        <v>4</v>
+      </c>
+      <c r="C45" s="233">
+        <v>4</v>
+      </c>
+      <c r="D45" s="307">
+        <v>4</v>
+      </c>
+      <c r="E45" s="407" t="s">
+        <v>75</v>
+      </c>
+      <c r="F45" s="356"/>
+      <c r="G45" s="216"/>
+      <c r="H45" s="269"/>
+      <c r="I45" s="284"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="240" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="420"/>
+      <c r="C46" s="237"/>
+      <c r="D46" s="312"/>
+      <c r="E46" s="275"/>
+      <c r="F46" s="475"/>
+      <c r="G46" s="268"/>
+      <c r="H46" s="342"/>
+      <c r="I46" s="510" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="B47" s="215"/>
+      <c r="C47" s="315"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="316"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="215"/>
+      <c r="H47" s="215"/>
+      <c r="I47" s="215"/>
+    </row>
+    <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="317"/>
+      <c r="B48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H48" s="215"/>
+      <c r="I48" s="215"/>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="500" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="215"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="215"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="217"/>
+      <c r="H49" s="271"/>
+      <c r="I49" s="380" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="261" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" s="216"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="216"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="216"/>
+      <c r="I50" s="284"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="261" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="215"/>
+      <c r="D51" s="215"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="216"/>
+      <c r="I51" s="284" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="501"/>
+      <c r="C52" s="215"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="319"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="305"/>
+      <c r="H52" s="216"/>
+      <c r="I52" s="522" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="215"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="216"/>
+      <c r="I53" s="284"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="216"/>
+      <c r="D54" s="216"/>
+      <c r="E54" s="216"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="216"/>
+      <c r="I54" s="284" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="216"/>
+      <c r="I55" s="522" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="314"/>
+      <c r="B56" s="216"/>
+      <c r="C56" s="215"/>
+      <c r="D56" s="215"/>
+      <c r="E56" s="215"/>
+      <c r="F56" s="215"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="216"/>
+      <c r="I56" s="284"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="320"/>
+      <c r="B57" s="320"/>
+      <c r="C57" s="320"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="216"/>
+      <c r="I57" s="511" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="216"/>
+      <c r="I58" s="523" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="216"/>
+      <c r="I59" s="523"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="322"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="216"/>
+      <c r="I60" s="523" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="216"/>
+      <c r="I61" s="524" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="323"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="216"/>
+      <c r="I62" s="523"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="216"/>
+      <c r="I63" s="511" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="216"/>
+      <c r="I64" s="523" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A65" s="322"/>
+      <c r="B65" s="323"/>
+      <c r="C65" s="323"/>
+      <c r="D65" s="320"/>
+      <c r="E65" s="320"/>
+      <c r="F65" s="320"/>
+      <c r="G65" s="279"/>
+      <c r="H65" s="216"/>
+      <c r="I65" s="525"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95D5FA05-2FCF-4DF9-AF84-A883B8B6ADD2}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I65"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="N13" sqref="N13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="A1" s="210" t="s">
+        <v>159</v>
+      </c>
+      <c r="B1" s="211"/>
+      <c r="C1" s="212"/>
+      <c r="D1" s="212" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="213"/>
+      <c r="F1" s="212">
+        <v>2025</v>
+      </c>
+      <c r="G1" s="212"/>
+      <c r="H1" s="215"/>
+      <c r="I1" s="215"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="216"/>
+      <c r="B2" s="216"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="216"/>
+      <c r="E2" s="215"/>
+      <c r="F2" s="215"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="215"/>
+      <c r="I2" s="215"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="380" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="271" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="222" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="223" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="217" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="525"/>
+      <c r="B4" s="512">
+        <v>45992</v>
+      </c>
+      <c r="C4" s="226">
+        <v>45993</v>
+      </c>
+      <c r="D4" s="227">
+        <v>338</v>
+      </c>
+      <c r="E4" s="337">
+        <v>45995</v>
+      </c>
+      <c r="F4" s="227">
+        <v>45996</v>
+      </c>
+      <c r="G4" s="502">
+        <v>45997</v>
+      </c>
+      <c r="H4" s="516">
+        <v>45998</v>
+      </c>
+      <c r="I4" s="231"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="508" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="216"/>
+      <c r="F5" s="526" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="220" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="232" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="508"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="216"/>
+      <c r="F6" s="527" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="245" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="239" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="236"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="509" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="216"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="470"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="528"/>
+      <c r="G7" s="267"/>
+      <c r="H7" s="242" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="240" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="507" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="216"/>
+      <c r="C8" s="216"/>
+      <c r="D8" s="216"/>
+      <c r="E8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="245" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="222" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="244" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="508"/>
+      <c r="B9" s="216"/>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="245" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="246" t="s">
+        <v>160</v>
+      </c>
+      <c r="I9" s="247"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="509" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="216"/>
+      <c r="C10" s="216"/>
+      <c r="D10" s="216"/>
+      <c r="E10" s="216"/>
+      <c r="F10" s="216"/>
+      <c r="G10" s="248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="246" t="s">
+        <v>161</v>
+      </c>
+      <c r="I10" s="249" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="507" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="216"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="216"/>
+      <c r="F11" s="216"/>
+      <c r="G11" s="245"/>
+      <c r="H11" s="246"/>
+      <c r="I11" s="244" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="508"/>
+      <c r="B12" s="250"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="429" t="s">
+        <v>162</v>
+      </c>
+      <c r="H12" s="246" t="s">
+        <v>163</v>
+      </c>
+      <c r="I12" s="247"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="509" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="250"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="392" t="s">
+        <v>164</v>
+      </c>
+      <c r="H13" s="246" t="s">
+        <v>165</v>
+      </c>
+      <c r="I13" s="249" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="507" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="216"/>
+      <c r="E14" s="216"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="399" t="s">
+        <v>161</v>
+      </c>
+      <c r="H14" s="222" t="s">
+        <v>166</v>
+      </c>
+      <c r="I14" s="244" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="508"/>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="245" t="s">
+        <v>167</v>
+      </c>
+      <c r="H15" s="246"/>
+      <c r="I15" s="247"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="509" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="248" t="s">
+        <v>163</v>
+      </c>
+      <c r="H16" s="246"/>
+      <c r="I16" s="249" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="507" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="248" t="s">
+        <v>168</v>
+      </c>
+      <c r="H17" s="246" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="244" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="508"/>
+      <c r="B18" s="216"/>
+      <c r="C18" s="216"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="216"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="255"/>
+      <c r="H18" s="246"/>
+      <c r="I18" s="247"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="509" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="216"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="216"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="392" t="s">
+        <v>169</v>
+      </c>
+      <c r="H19" s="246"/>
+      <c r="I19" s="249" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="507" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="216"/>
+      <c r="C20" s="216"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="216"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="392" t="s">
+        <v>170</v>
+      </c>
+      <c r="H20" s="246"/>
+      <c r="I20" s="244" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="508"/>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="245">
+        <v>4</v>
+      </c>
+      <c r="H21" s="257"/>
+      <c r="I21" s="247"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="509" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="216"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="245" t="s">
+        <v>171</v>
+      </c>
+      <c r="H22" s="259"/>
+      <c r="I22" s="249" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="507" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="216"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="216"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="248">
+        <v>1</v>
+      </c>
+      <c r="H23" s="401" t="s">
+        <v>172</v>
+      </c>
+      <c r="I23" s="244" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="508"/>
+      <c r="B24" s="216"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="216"/>
+      <c r="E24" s="216"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="248" t="s">
+        <v>142</v>
+      </c>
+      <c r="H24" s="401" t="s">
+        <v>156</v>
+      </c>
+      <c r="I24" s="247"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="509" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="216"/>
+      <c r="C25" s="216"/>
+      <c r="D25" s="216"/>
+      <c r="E25" s="216"/>
+      <c r="F25" s="216"/>
+      <c r="G25" s="245" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" s="401">
+        <v>4</v>
+      </c>
+      <c r="I25" s="249" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="507" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="221" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="216"/>
+      <c r="D26" s="216"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="216"/>
+      <c r="G26" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="401" t="s">
+        <v>174</v>
+      </c>
+      <c r="I26" s="244" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="508"/>
+      <c r="B27" s="357" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="216"/>
+      <c r="D27" s="216"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G27" s="245" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="401">
+        <v>1</v>
+      </c>
+      <c r="I27" s="247"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="509" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="475"/>
+      <c r="C28" s="216"/>
+      <c r="D28" s="268"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="267"/>
+      <c r="H28" s="401" t="s">
+        <v>175</v>
+      </c>
+      <c r="I28" s="249" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="507" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="216" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="357"/>
+      <c r="G29" s="216" t="s">
+        <v>176</v>
+      </c>
+      <c r="H29" s="220" t="s">
+        <v>29</v>
+      </c>
+      <c r="I29" s="244" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="508"/>
+      <c r="B30" s="216"/>
+      <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="356"/>
+      <c r="G30" s="216" t="s">
+        <v>161</v>
+      </c>
+      <c r="H30" s="245"/>
+      <c r="I30" s="247"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="509" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="216" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="297"/>
+      <c r="E31" s="405" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="356"/>
+      <c r="G31" s="216"/>
+      <c r="H31" s="245" t="s">
+        <v>177</v>
+      </c>
+      <c r="I31" s="249" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="507" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="216"/>
+      <c r="C32" s="276"/>
+      <c r="D32" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="256"/>
+      <c r="F32" s="357"/>
+      <c r="G32" s="216" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32" s="245"/>
+      <c r="I32" s="244" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="508"/>
+      <c r="B33" s="216"/>
+      <c r="C33" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="220" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="357"/>
+      <c r="G33" s="216" t="s">
+        <v>178</v>
+      </c>
+      <c r="H33" s="245" t="s">
+        <v>163</v>
+      </c>
+      <c r="I33" s="247"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="509" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="216"/>
+      <c r="C34" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="216" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="248" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" s="357"/>
+      <c r="G34" s="216"/>
+      <c r="H34" s="245" t="s">
+        <v>179</v>
+      </c>
+      <c r="I34" s="249" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="507" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="473"/>
+      <c r="C35" s="440"/>
+      <c r="D35" s="220" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" s="530"/>
+      <c r="F35" s="433" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="219"/>
+      <c r="H35" s="245"/>
+      <c r="I35" s="244" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="508"/>
+      <c r="B36" s="216"/>
+      <c r="C36" s="441"/>
+      <c r="D36" s="269" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" s="529" t="s">
+        <v>180</v>
+      </c>
+      <c r="F36" s="288" t="s">
+        <v>71</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="267"/>
+      <c r="I36" s="247"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="509" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="391" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="496" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="274"/>
+      <c r="E37" s="402" t="s">
+        <v>139</v>
+      </c>
+      <c r="F37" s="290" t="s">
+        <v>77</v>
+      </c>
+      <c r="G37" s="269"/>
+      <c r="H37" s="245"/>
+      <c r="I37" s="249" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="507" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="358" t="s">
+        <v>55</v>
+      </c>
+      <c r="C38" s="388" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" s="269"/>
+      <c r="E38" s="399"/>
+      <c r="F38" s="288"/>
+      <c r="G38" s="269"/>
+      <c r="H38" s="245"/>
+      <c r="I38" s="244" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="508"/>
+      <c r="B39" s="513" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="388" t="s">
+        <v>77</v>
+      </c>
+      <c r="D39" s="219" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" s="245" t="s">
+        <v>181</v>
+      </c>
+      <c r="F39" s="339" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" s="269"/>
+      <c r="H39" s="245"/>
+      <c r="I39" s="247"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="509" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="301" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="443" t="s">
+        <v>81</v>
+      </c>
+      <c r="D40" s="269" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" s="245">
+        <v>4</v>
+      </c>
+      <c r="F40" s="340" t="s">
+        <v>88</v>
+      </c>
+      <c r="G40" s="342"/>
+      <c r="H40" s="245"/>
+      <c r="I40" s="249" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="507" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="301" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="308" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="269"/>
+      <c r="E41" s="248"/>
+      <c r="F41" s="449" t="s">
+        <v>75</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="220"/>
+      <c r="I41" s="244" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="508"/>
+      <c r="B42" s="427">
+        <v>4</v>
+      </c>
+      <c r="C42" s="304" t="s">
+        <v>75</v>
+      </c>
+      <c r="D42" s="342"/>
+      <c r="E42" s="248" t="s">
+        <v>163</v>
+      </c>
+      <c r="F42" s="450"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="245"/>
+      <c r="I42" s="247"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="509" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="514" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="462" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="298" t="s">
+        <v>94</v>
+      </c>
+      <c r="E43" s="248" t="s">
+        <v>182</v>
+      </c>
+      <c r="F43" s="360" t="s">
+        <v>99</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="245"/>
+      <c r="I43" s="249" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="507" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="396" t="s">
+        <v>104</v>
+      </c>
+      <c r="C44" s="427" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" s="298" t="s">
+        <v>86</v>
+      </c>
+      <c r="E44" s="248"/>
+      <c r="F44" s="466" t="s">
+        <v>86</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="245"/>
+      <c r="I44" s="244" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="284"/>
+      <c r="B45" s="363" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="301">
+        <v>4</v>
+      </c>
+      <c r="D45" s="578">
+        <v>4</v>
+      </c>
+      <c r="E45" s="334"/>
+      <c r="F45" s="446">
+        <v>4</v>
+      </c>
+      <c r="G45" s="216"/>
+      <c r="H45" s="245"/>
+      <c r="I45" s="310"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="510" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="515"/>
+      <c r="C46" s="427"/>
+      <c r="D46" s="579"/>
+      <c r="E46" s="248"/>
+      <c r="F46" s="467"/>
+      <c r="G46" s="268"/>
+      <c r="H46" s="267"/>
+      <c r="I46" s="249" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="B47" s="215"/>
+      <c r="C47" s="315"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="287"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="215"/>
+      <c r="H47" s="215"/>
+      <c r="I47" s="314"/>
+    </row>
+    <row r="48" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="317"/>
+      <c r="B48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H48" s="215"/>
+      <c r="I48" s="215"/>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="493" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="215"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="215"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="217"/>
+      <c r="H49" s="222"/>
+      <c r="I49" s="318" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="256" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" s="216"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="216"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="246"/>
+      <c r="I50" s="310"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="256" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="215"/>
+      <c r="D51" s="215"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="246"/>
+      <c r="I51" s="310" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="494"/>
+      <c r="C52" s="215"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="319"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="305"/>
+      <c r="H52" s="246"/>
+      <c r="I52" s="318" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="215"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="246"/>
+      <c r="I53" s="310"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="216"/>
+      <c r="D54" s="216"/>
+      <c r="E54" s="216"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="246"/>
+      <c r="I54" s="310" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="246"/>
+      <c r="I55" s="318" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="314"/>
+      <c r="B56" s="216"/>
+      <c r="C56" s="215"/>
+      <c r="D56" s="215"/>
+      <c r="E56" s="215"/>
+      <c r="F56" s="215"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="246"/>
+      <c r="I56" s="310"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="320"/>
+      <c r="B57" s="320"/>
+      <c r="C57" s="320"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="246"/>
+      <c r="I57" s="321" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="246"/>
+      <c r="I58" s="324" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="246"/>
+      <c r="I59" s="324"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="322"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="246"/>
+      <c r="I60" s="324" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="246"/>
+      <c r="I61" s="325" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="323"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="246"/>
+      <c r="I62" s="326"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="246"/>
+      <c r="I63" s="321" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="246"/>
+      <c r="I64" s="324" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A65" s="322"/>
+      <c r="B65" s="323"/>
+      <c r="C65" s="323"/>
+      <c r="D65" s="320"/>
+      <c r="E65" s="320"/>
+      <c r="F65" s="320"/>
+      <c r="G65" s="279"/>
+      <c r="H65" s="246"/>
+      <c r="I65" s="324"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{397525DC-A42F-42EC-8502-26E9B5C1998B}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A2:I64"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="L21" sqref="L21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="217" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="286" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D2" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E2" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F2" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G2" s="222" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2" s="223" t="s">
+        <v>9</v>
+      </c>
+      <c r="I2" s="217" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="224"/>
+      <c r="B3" s="225">
+        <v>45985</v>
+      </c>
+      <c r="C3" s="226">
+        <v>45986</v>
+      </c>
+      <c r="D3" s="227">
+        <v>331</v>
+      </c>
+      <c r="E3" s="337">
+        <v>45988</v>
+      </c>
+      <c r="F3" s="227">
+        <v>45989</v>
+      </c>
+      <c r="G3" s="229">
+        <v>45990</v>
+      </c>
+      <c r="H3" s="230">
+        <v>45991</v>
+      </c>
+      <c r="I3" s="231"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="216"/>
+      <c r="C4" s="216"/>
+      <c r="D4" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="216"/>
+      <c r="F4" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="234" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="I4" s="232" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="236"/>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="216"/>
+      <c r="F5" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="238" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="239" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="236"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="240" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="470"/>
+      <c r="E6" s="216"/>
+      <c r="F6" s="470"/>
+      <c r="G6" s="238"/>
+      <c r="H6" s="242" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="240" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="243"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="216"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="216"/>
+      <c r="G7" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" s="222" t="s">
+        <v>20</v>
+      </c>
+      <c r="I7" s="244" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="236"/>
+      <c r="B8" s="216"/>
+      <c r="C8" s="216"/>
+      <c r="D8" s="216"/>
+      <c r="E8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="245" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" s="246"/>
+      <c r="I8" s="247"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="240" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="216"/>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="246" t="s">
+        <v>24</v>
+      </c>
+      <c r="I9" s="249" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="232" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="216"/>
+      <c r="C10" s="216"/>
+      <c r="D10" s="216"/>
+      <c r="E10" s="216"/>
+      <c r="F10" s="216"/>
+      <c r="G10" s="245"/>
+      <c r="H10" s="246"/>
+      <c r="I10" s="244" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="236"/>
+      <c r="B11" s="250"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="216"/>
+      <c r="F11" s="216"/>
+      <c r="G11" s="429" t="s">
+        <v>27</v>
+      </c>
+      <c r="H11" s="246"/>
+      <c r="I11" s="247"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="240" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="250"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="392" t="s">
+        <v>29</v>
+      </c>
+      <c r="H12" s="246"/>
+      <c r="I12" s="249" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="232" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="216"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="399"/>
+      <c r="H13" s="222" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="244" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="236"/>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="216"/>
+      <c r="E14" s="216"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="408" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14" s="246"/>
+      <c r="I14" s="247"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="240" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" s="246"/>
+      <c r="I15" s="249" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="232" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="253" t="s">
+        <v>183</v>
+      </c>
+      <c r="H16" s="246" t="s">
+        <v>14</v>
+      </c>
+      <c r="I16" s="244" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="236"/>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="253"/>
+      <c r="H17" s="246"/>
+      <c r="I17" s="247"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="240" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="216"/>
+      <c r="C18" s="216"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="216"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="570" t="s">
+        <v>184</v>
+      </c>
+      <c r="H18" s="246"/>
+      <c r="I18" s="249" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="232" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="216"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="216"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="438"/>
+      <c r="H19" s="246"/>
+      <c r="I19" s="244" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="236"/>
+      <c r="B20" s="216"/>
+      <c r="C20" s="216"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="216"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="438" t="s">
+        <v>124</v>
+      </c>
+      <c r="H20" s="257"/>
+      <c r="I20" s="247"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="240" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="438" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" s="259"/>
+      <c r="I21" s="249" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="232" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="216"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="577"/>
+      <c r="H22" s="401" t="s">
+        <v>160</v>
+      </c>
+      <c r="I22" s="244" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="236"/>
+      <c r="B23" s="216"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="216"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="577"/>
+      <c r="H23" s="401"/>
+      <c r="I23" s="247"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="240" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="243"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="216"/>
+      <c r="E24" s="216"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="571"/>
+      <c r="H24" s="401" t="s">
+        <v>161</v>
+      </c>
+      <c r="I24" s="249" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" s="219" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="D25" s="216"/>
+      <c r="E25" s="216"/>
+      <c r="F25" s="216"/>
+      <c r="G25" s="245" t="s">
+        <v>46</v>
+      </c>
+      <c r="H25" s="401"/>
+      <c r="I25" s="244" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="264"/>
+      <c r="B26" s="269" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" s="245" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" s="216"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G26" s="245" t="s">
+        <v>48</v>
+      </c>
+      <c r="H26" s="401" t="s">
+        <v>163</v>
+      </c>
+      <c r="I26" s="247"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="266" t="s">
+        <v>49</v>
+      </c>
+      <c r="B27" s="342"/>
+      <c r="C27" s="267" t="s">
+        <v>186</v>
+      </c>
+      <c r="D27" s="268"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="267"/>
+      <c r="H27" s="401" t="s">
+        <v>146</v>
+      </c>
+      <c r="I27" s="249" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="C28" s="261" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F28" s="357"/>
+      <c r="G28" s="216" t="s">
+        <v>117</v>
+      </c>
+      <c r="H28" s="220" t="s">
+        <v>187</v>
+      </c>
+      <c r="I28" s="244" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="264"/>
+      <c r="B29" s="243"/>
+      <c r="C29" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D29" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E29" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F29" s="356"/>
+      <c r="G29" s="216">
+        <v>1</v>
+      </c>
+      <c r="H29" s="245">
+        <v>1</v>
+      </c>
+      <c r="I29" s="247"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="266" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="243" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" s="297"/>
+      <c r="E30" s="405" t="s">
+        <v>59</v>
+      </c>
+      <c r="F30" s="356"/>
+      <c r="G30" s="216" t="s">
+        <v>188</v>
+      </c>
+      <c r="H30" s="245" t="s">
+        <v>189</v>
+      </c>
+      <c r="I30" s="249" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="262" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="243"/>
+      <c r="C31" s="276"/>
+      <c r="D31" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E31" s="256"/>
+      <c r="F31" s="357"/>
+      <c r="G31" s="216">
+        <v>3</v>
+      </c>
+      <c r="H31" s="245">
+        <v>4</v>
+      </c>
+      <c r="I31" s="244" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="264"/>
+      <c r="B32" s="243"/>
+      <c r="C32" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D32" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="408" t="s">
+        <v>63</v>
+      </c>
+      <c r="F32" s="357"/>
+      <c r="G32" s="216" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32" s="245" t="s">
+        <v>163</v>
+      </c>
+      <c r="I32" s="247"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="B33" s="243"/>
+      <c r="C33" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" s="216" t="s">
+        <v>65</v>
+      </c>
+      <c r="E33" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="357"/>
+      <c r="G33" s="216" t="s">
+        <v>178</v>
+      </c>
+      <c r="H33" s="245" t="s">
+        <v>190</v>
+      </c>
+      <c r="I33" s="249" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="262" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="283"/>
+      <c r="C34" s="440"/>
+      <c r="D34" s="220"/>
+      <c r="E34" s="444" t="s">
+        <v>68</v>
+      </c>
+      <c r="F34" s="433" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" s="219"/>
+      <c r="H34" s="220"/>
+      <c r="I34" s="244" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="264"/>
+      <c r="B35" s="243"/>
+      <c r="C35" s="441"/>
+      <c r="D35" s="245"/>
+      <c r="E35" s="431" t="s">
+        <v>70</v>
+      </c>
+      <c r="F35" s="386" t="s">
+        <v>71</v>
+      </c>
+      <c r="G35" s="269"/>
+      <c r="H35" s="245"/>
+      <c r="I35" s="247"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="391" t="s">
+        <v>73</v>
+      </c>
+      <c r="C36" s="442" t="s">
+        <v>74</v>
+      </c>
+      <c r="D36" s="248" t="s">
+        <v>76</v>
+      </c>
+      <c r="E36" s="425" t="s">
+        <v>29</v>
+      </c>
+      <c r="F36" s="434" t="s">
+        <v>77</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="245"/>
+      <c r="I36" s="249" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="358" t="s">
+        <v>55</v>
+      </c>
+      <c r="C37" s="277" t="s">
+        <v>79</v>
+      </c>
+      <c r="D37" s="245"/>
+      <c r="E37" s="430"/>
+      <c r="F37" s="386"/>
+      <c r="G37" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H37" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="I37" s="244" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="264"/>
+      <c r="B38" s="359" t="s">
+        <v>25</v>
+      </c>
+      <c r="C38" s="277" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" s="445" t="s">
+        <v>81</v>
+      </c>
+      <c r="F38" s="272" t="s">
+        <v>82</v>
+      </c>
+      <c r="G38" s="269"/>
+      <c r="H38" s="245"/>
+      <c r="I38" s="247"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="295" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" s="443" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" s="245"/>
+      <c r="E39" s="361" t="s">
+        <v>86</v>
+      </c>
+      <c r="F39" s="273" t="s">
+        <v>88</v>
+      </c>
+      <c r="G39" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H39" s="245" t="s">
+        <v>128</v>
+      </c>
+      <c r="I39" s="249" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="262" t="s">
+        <v>89</v>
+      </c>
+      <c r="B40" s="298" t="s">
+        <v>86</v>
+      </c>
+      <c r="C40" s="308" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" s="245" t="s">
+        <v>191</v>
+      </c>
+      <c r="E40" s="446">
+        <v>4</v>
+      </c>
+      <c r="F40" s="256" t="s">
+        <v>75</v>
+      </c>
+      <c r="G40" s="216"/>
+      <c r="H40" s="220"/>
+      <c r="I40" s="244" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="264"/>
+      <c r="B41" s="343">
+        <v>4</v>
+      </c>
+      <c r="C41" s="304" t="s">
+        <v>75</v>
+      </c>
+      <c r="D41" s="245"/>
+      <c r="E41" s="427"/>
+      <c r="F41" s="258"/>
+      <c r="G41" s="216"/>
+      <c r="H41" s="245"/>
+      <c r="I41" s="247"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B42" s="395" t="s">
+        <v>94</v>
+      </c>
+      <c r="C42" s="462" t="s">
+        <v>95</v>
+      </c>
+      <c r="D42" s="245" t="s">
+        <v>152</v>
+      </c>
+      <c r="E42" s="409" t="s">
+        <v>95</v>
+      </c>
+      <c r="F42" s="360" t="s">
+        <v>99</v>
+      </c>
+      <c r="G42" s="216"/>
+      <c r="H42" s="245"/>
+      <c r="I42" s="249" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="262" t="s">
+        <v>100</v>
+      </c>
+      <c r="B43" s="270" t="s">
+        <v>104</v>
+      </c>
+      <c r="C43" s="427" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="245"/>
+      <c r="E43" s="363" t="s">
+        <v>102</v>
+      </c>
+      <c r="F43" s="466" t="s">
+        <v>86</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="245"/>
+      <c r="I43" s="244" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="447"/>
+      <c r="B44" s="275" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="301">
+        <v>4</v>
+      </c>
+      <c r="D44" s="309"/>
+      <c r="E44" s="410" t="s">
+        <v>75</v>
+      </c>
+      <c r="F44" s="446">
+        <v>4</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="245"/>
+      <c r="I44" s="310"/>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="266" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" s="463"/>
+      <c r="C45" s="427"/>
+      <c r="D45" s="267"/>
+      <c r="E45" s="363"/>
+      <c r="F45" s="467"/>
+      <c r="G45" s="268"/>
+      <c r="H45" s="267"/>
+      <c r="I45" s="249" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="314"/>
+      <c r="B46" s="215"/>
+      <c r="C46" s="315"/>
+      <c r="D46" s="215"/>
+      <c r="E46" s="316"/>
+      <c r="F46" s="215"/>
+      <c r="G46" s="215"/>
+      <c r="H46" s="215"/>
+      <c r="I46" s="314"/>
+    </row>
+    <row r="47" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="317"/>
+      <c r="B47" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C47" s="215"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="215"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H47" s="215"/>
+      <c r="I47" s="215"/>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A48" s="314"/>
+      <c r="B48" s="493" t="s">
+        <v>192</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="217"/>
+      <c r="H48" s="222"/>
+      <c r="I48" s="318" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="256" t="s">
+        <v>108</v>
+      </c>
+      <c r="C49" s="216"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="216"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="279"/>
+      <c r="H49" s="246"/>
+      <c r="I49" s="310"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="256" t="s">
+        <v>109</v>
+      </c>
+      <c r="C50" s="215"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="319"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="305"/>
+      <c r="H50" s="246"/>
+      <c r="I50" s="310" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="494"/>
+      <c r="C51" s="215"/>
+      <c r="D51" s="216"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="246"/>
+      <c r="I51" s="318" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="215"/>
+      <c r="C52" s="216"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="216"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="279"/>
+      <c r="H52" s="246"/>
+      <c r="I52" s="310"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="216"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="246"/>
+      <c r="I53" s="310" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="215"/>
+      <c r="D54" s="215"/>
+      <c r="E54" s="215"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="246"/>
+      <c r="I54" s="318" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="246"/>
+      <c r="I55" s="310"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="320"/>
+      <c r="B56" s="320"/>
+      <c r="C56" s="320"/>
+      <c r="D56" s="320"/>
+      <c r="E56" s="320"/>
+      <c r="F56" s="320"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="246"/>
+      <c r="I56" s="321" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="322"/>
+      <c r="B57" s="323"/>
+      <c r="C57" s="323"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="246"/>
+      <c r="I57" s="324" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="246"/>
+      <c r="I58" s="324"/>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="246"/>
+      <c r="I59" s="324" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="323"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="246"/>
+      <c r="I60" s="325" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="246"/>
+      <c r="I61" s="326"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="322"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="246"/>
+      <c r="I62" s="321" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="246"/>
+      <c r="I63" s="324" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="246"/>
+      <c r="I64" s="324"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4FA48BE-1405-4733-BB95-710A7F21442C}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A2:I64"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="Y55" sqref="Y55"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="217" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="286" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D2" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E2" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F2" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G2" s="222" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2" s="223" t="s">
+        <v>9</v>
+      </c>
+      <c r="I2" s="217" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="224"/>
+      <c r="B3" s="225">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="226">
+        <v>45979</v>
+      </c>
+      <c r="D3" s="227">
+        <v>324</v>
+      </c>
+      <c r="E3" s="337">
+        <v>45981</v>
+      </c>
+      <c r="F3" s="227">
+        <v>45982</v>
+      </c>
+      <c r="G3" s="229">
+        <v>45983</v>
+      </c>
+      <c r="H3" s="230">
+        <v>45984</v>
+      </c>
+      <c r="I3" s="231"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="216"/>
+      <c r="C4" s="216"/>
+      <c r="D4" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="216"/>
+      <c r="F4" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="234" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="235" t="s">
+        <v>12</v>
+      </c>
+      <c r="I4" s="232" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="236"/>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="216"/>
+      <c r="F5" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="238" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="239" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="236"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="240" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="470"/>
+      <c r="E6" s="216"/>
+      <c r="F6" s="470"/>
+      <c r="G6" s="238"/>
+      <c r="H6" s="242" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="240" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="243"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="216"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="216"/>
+      <c r="G7" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" s="222" t="s">
+        <v>20</v>
+      </c>
+      <c r="I7" s="244" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="236"/>
+      <c r="B8" s="216"/>
+      <c r="C8" s="216"/>
+      <c r="D8" s="216"/>
+      <c r="E8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="245" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" s="246"/>
+      <c r="I8" s="247"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="240" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="216"/>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="246" t="s">
+        <v>24</v>
+      </c>
+      <c r="I9" s="249" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="232" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="216"/>
+      <c r="C10" s="216"/>
+      <c r="D10" s="216"/>
+      <c r="E10" s="216"/>
+      <c r="F10" s="216"/>
+      <c r="G10" s="245"/>
+      <c r="H10" s="246"/>
+      <c r="I10" s="244" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="236"/>
+      <c r="B11" s="250"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="216"/>
+      <c r="F11" s="216"/>
+      <c r="G11" s="331" t="s">
+        <v>27</v>
+      </c>
+      <c r="H11" s="246"/>
+      <c r="I11" s="247"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="240" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="250"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" s="246"/>
+      <c r="I12" s="249" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="232" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="216"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="263" t="s">
+        <v>139</v>
+      </c>
+      <c r="H13" s="222" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="244" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="236"/>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="216"/>
+      <c r="E14" s="216"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="408" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14" s="246"/>
+      <c r="I14" s="247"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="240" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" s="246"/>
+      <c r="I15" s="249" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="232" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="253" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" s="246" t="s">
+        <v>14</v>
+      </c>
+      <c r="I16" s="244" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="236"/>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="254"/>
+      <c r="H17" s="246"/>
+      <c r="I17" s="247"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="240" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="216"/>
+      <c r="C18" s="216"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="216"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="245" t="s">
+        <v>170</v>
+      </c>
+      <c r="H18" s="246"/>
+      <c r="I18" s="249" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="232" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="216"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="216"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="245">
+        <v>4</v>
+      </c>
+      <c r="H19" s="246"/>
+      <c r="I19" s="244" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="236"/>
+      <c r="B20" s="216"/>
+      <c r="C20" s="216"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="216"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="245" t="s">
+        <v>140</v>
+      </c>
+      <c r="H20" s="257"/>
+      <c r="I20" s="247"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="240" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="245">
+        <v>1</v>
+      </c>
+      <c r="H21" s="259"/>
+      <c r="I21" s="249" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="232" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="216"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="248" t="s">
+        <v>142</v>
+      </c>
+      <c r="H22" s="401" t="s">
+        <v>143</v>
+      </c>
+      <c r="I22" s="244" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="236"/>
+      <c r="B23" s="216"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="216"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="248" t="s">
+        <v>144</v>
+      </c>
+      <c r="H23" s="401">
+        <v>2</v>
+      </c>
+      <c r="I23" s="247"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="240" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="243"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="216"/>
+      <c r="E24" s="216"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="267"/>
+      <c r="H24" s="401" t="s">
+        <v>193</v>
+      </c>
+      <c r="I24" s="249" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" s="216"/>
+      <c r="D25" s="216"/>
+      <c r="E25" s="216"/>
+      <c r="F25" s="216"/>
+      <c r="G25" s="245" t="s">
+        <v>46</v>
+      </c>
+      <c r="H25" s="401">
+        <v>3</v>
+      </c>
+      <c r="I25" s="244" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="264"/>
+      <c r="B26" s="245" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" s="216"/>
+      <c r="D26" s="216"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G26" s="245" t="s">
+        <v>48</v>
+      </c>
+      <c r="H26" s="401" t="s">
+        <v>142</v>
+      </c>
+      <c r="I26" s="247"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="266" t="s">
+        <v>49</v>
+      </c>
+      <c r="B27" s="267"/>
+      <c r="C27" s="216"/>
+      <c r="D27" s="268"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="267"/>
+      <c r="H27" s="401" t="s">
+        <v>146</v>
+      </c>
+      <c r="I27" s="249" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="C28" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F28" s="357"/>
+      <c r="G28" s="216" t="s">
+        <v>194</v>
+      </c>
+      <c r="H28" s="220" t="s">
+        <v>156</v>
+      </c>
+      <c r="I28" s="244" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="264"/>
+      <c r="B29" s="243"/>
+      <c r="C29" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D29" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E29" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F29" s="356"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="245">
+        <v>4</v>
+      </c>
+      <c r="I29" s="247"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="266" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="243" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" s="297"/>
+      <c r="E30" s="405" t="s">
+        <v>195</v>
+      </c>
+      <c r="F30" s="356"/>
+      <c r="G30" s="216" t="s">
+        <v>161</v>
+      </c>
+      <c r="H30" s="245" t="s">
+        <v>171</v>
+      </c>
+      <c r="I30" s="249" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="262" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="243"/>
+      <c r="C31" s="276"/>
+      <c r="D31" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E31" s="256"/>
+      <c r="F31" s="357"/>
+      <c r="G31" s="216"/>
+      <c r="H31" s="245">
+        <v>1</v>
+      </c>
+      <c r="I31" s="244" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="264"/>
+      <c r="B32" s="243"/>
+      <c r="C32" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D32" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="408" t="s">
+        <v>63</v>
+      </c>
+      <c r="F32" s="357"/>
+      <c r="G32" s="216" t="s">
+        <v>163</v>
+      </c>
+      <c r="H32" s="245" t="s">
+        <v>163</v>
+      </c>
+      <c r="I32" s="247"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="B33" s="243"/>
+      <c r="C33" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" s="216" t="s">
+        <v>65</v>
+      </c>
+      <c r="E33" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="357"/>
+      <c r="G33" s="216" t="s">
+        <v>178</v>
+      </c>
+      <c r="H33" s="245" t="s">
+        <v>196</v>
+      </c>
+      <c r="I33" s="249" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="262" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="283"/>
+      <c r="C34" s="440"/>
+      <c r="D34" s="220"/>
+      <c r="E34" s="444" t="s">
+        <v>77</v>
+      </c>
+      <c r="F34" s="477" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" s="219"/>
+      <c r="H34" s="220"/>
+      <c r="I34" s="244" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="264"/>
+      <c r="B35" s="243"/>
+      <c r="C35" s="441"/>
+      <c r="D35" s="245"/>
+      <c r="E35" s="498"/>
+      <c r="F35" s="269"/>
+      <c r="G35" s="269"/>
+      <c r="H35" s="245"/>
+      <c r="I35" s="247"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="254" t="s">
+        <v>73</v>
+      </c>
+      <c r="C36" s="496" t="s">
+        <v>74</v>
+      </c>
+      <c r="D36" s="248" t="s">
+        <v>76</v>
+      </c>
+      <c r="E36" s="499" t="s">
+        <v>197</v>
+      </c>
+      <c r="F36" s="274" t="s">
+        <v>127</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="245"/>
+      <c r="I36" s="249" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="245" t="s">
+        <v>29</v>
+      </c>
+      <c r="C37" s="388" t="s">
+        <v>79</v>
+      </c>
+      <c r="D37" s="269"/>
+      <c r="E37" s="280" t="s">
+        <v>198</v>
+      </c>
+      <c r="F37" s="216"/>
+      <c r="G37" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H37" s="245" t="s">
+        <v>42</v>
+      </c>
+      <c r="I37" s="244" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="264"/>
+      <c r="B38" s="255"/>
+      <c r="C38" s="388" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" s="269"/>
+      <c r="E38" s="245" t="s">
+        <v>170</v>
+      </c>
+      <c r="F38" s="339" t="s">
+        <v>82</v>
+      </c>
+      <c r="G38" s="269"/>
+      <c r="H38" s="245"/>
+      <c r="I38" s="247"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="298" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" s="443" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" s="269"/>
+      <c r="E39" s="245">
+        <v>4</v>
+      </c>
+      <c r="F39" s="340" t="s">
+        <v>88</v>
+      </c>
+      <c r="G39" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H39" s="245" t="s">
+        <v>128</v>
+      </c>
+      <c r="I39" s="249" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="262" t="s">
+        <v>89</v>
+      </c>
+      <c r="B40" s="298" t="s">
+        <v>86</v>
+      </c>
+      <c r="C40" s="308" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" s="269" t="s">
+        <v>199</v>
+      </c>
+      <c r="E40" s="248" t="s">
+        <v>200</v>
+      </c>
+      <c r="F40" s="449" t="s">
+        <v>75</v>
+      </c>
+      <c r="G40" s="216"/>
+      <c r="H40" s="220"/>
+      <c r="I40" s="244" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="264"/>
+      <c r="B41" s="343">
+        <v>4</v>
+      </c>
+      <c r="C41" s="304" t="s">
+        <v>75</v>
+      </c>
+      <c r="D41" s="269"/>
+      <c r="E41" s="248">
+        <v>1</v>
+      </c>
+      <c r="F41" s="450"/>
+      <c r="G41" s="216"/>
+      <c r="H41" s="245"/>
+      <c r="I41" s="247"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B42" s="395" t="s">
+        <v>94</v>
+      </c>
+      <c r="C42" s="462" t="s">
+        <v>95</v>
+      </c>
+      <c r="D42" s="269" t="s">
+        <v>152</v>
+      </c>
+      <c r="E42" s="248" t="s">
+        <v>142</v>
+      </c>
+      <c r="F42" s="360" t="s">
+        <v>99</v>
+      </c>
+      <c r="G42" s="216"/>
+      <c r="H42" s="245"/>
+      <c r="I42" s="249" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="262" t="s">
+        <v>100</v>
+      </c>
+      <c r="B43" s="270" t="s">
+        <v>104</v>
+      </c>
+      <c r="C43" s="427" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="269"/>
+      <c r="E43" s="248"/>
+      <c r="F43" s="466" t="s">
+        <v>86</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="245"/>
+      <c r="I43" s="244" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="447"/>
+      <c r="B44" s="275" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="301">
+        <v>4</v>
+      </c>
+      <c r="D44" s="497"/>
+      <c r="E44" s="334" t="s">
+        <v>201</v>
+      </c>
+      <c r="F44" s="446">
+        <v>4</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="245"/>
+      <c r="I44" s="310"/>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="266" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" s="463"/>
+      <c r="C45" s="427"/>
+      <c r="D45" s="342"/>
+      <c r="E45" s="248"/>
+      <c r="F45" s="467"/>
+      <c r="G45" s="268"/>
+      <c r="H45" s="267"/>
+      <c r="I45" s="249" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="314"/>
+      <c r="B46" s="215"/>
+      <c r="C46" s="315"/>
+      <c r="D46" s="215"/>
+      <c r="E46" s="287"/>
+      <c r="F46" s="215"/>
+      <c r="G46" s="215"/>
+      <c r="H46" s="215"/>
+      <c r="I46" s="314"/>
+    </row>
+    <row r="47" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="317"/>
+      <c r="B47" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C47" s="215"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="215"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H47" s="215"/>
+      <c r="I47" s="215"/>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A48" s="314"/>
+      <c r="B48" s="500" t="s">
+        <v>192</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="217"/>
+      <c r="H48" s="222"/>
+      <c r="I48" s="318" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="261" t="s">
+        <v>108</v>
+      </c>
+      <c r="C49" s="216"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="216"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="279"/>
+      <c r="H49" s="246" t="s">
+        <v>202</v>
+      </c>
+      <c r="I49" s="310"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="261" t="s">
+        <v>109</v>
+      </c>
+      <c r="C50" s="215"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="319"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="305"/>
+      <c r="H50" s="246" t="s">
+        <v>161</v>
+      </c>
+      <c r="I50" s="310" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="501"/>
+      <c r="C51" s="215"/>
+      <c r="D51" s="216"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="246" t="s">
+        <v>203</v>
+      </c>
+      <c r="I51" s="318" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="215"/>
+      <c r="C52" s="216"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="216"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="279"/>
+      <c r="H52" s="246"/>
+      <c r="I52" s="310"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="216"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="246"/>
+      <c r="I53" s="310" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="215"/>
+      <c r="D54" s="215"/>
+      <c r="E54" s="215"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="246"/>
+      <c r="I54" s="318" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="246"/>
+      <c r="I55" s="310"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="320"/>
+      <c r="B56" s="320"/>
+      <c r="C56" s="320"/>
+      <c r="D56" s="320"/>
+      <c r="E56" s="320"/>
+      <c r="F56" s="320"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="246"/>
+      <c r="I56" s="321" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="322"/>
+      <c r="B57" s="323"/>
+      <c r="C57" s="323"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="246"/>
+      <c r="I57" s="324" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="246"/>
+      <c r="I58" s="324"/>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="246"/>
+      <c r="I59" s="324" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="323"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="246"/>
+      <c r="I60" s="325" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="246"/>
+      <c r="I61" s="326"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="322"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="246"/>
+      <c r="I62" s="321" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="246"/>
+      <c r="I63" s="324" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="246"/>
+      <c r="I64" s="324"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFA31CE6-833F-416D-9167-908FDEAFCE7A}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:H65"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B49" sqref="B49:B52"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A1" s="215"/>
+      <c r="B1" s="215"/>
+      <c r="C1" s="215"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A2" s="314"/>
+      <c r="B2" s="314"/>
+      <c r="C2" s="215"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A3" s="217" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="286" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="219" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="220" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="332" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="220" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="222" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="223" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="224"/>
+      <c r="B4" s="225">
+        <v>45971</v>
+      </c>
+      <c r="C4" s="226">
+        <v>45972</v>
+      </c>
+      <c r="D4" s="227">
+        <v>317</v>
+      </c>
+      <c r="E4" s="337">
+        <v>45974</v>
+      </c>
+      <c r="F4" s="227">
+        <v>45975</v>
+      </c>
+      <c r="G4" s="229">
+        <v>45976</v>
+      </c>
+      <c r="H4" s="483">
+        <v>45977</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="216"/>
+      <c r="C5" s="216"/>
+      <c r="D5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="216"/>
+      <c r="F5" s="468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="481" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="408" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="236"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="216"/>
+      <c r="F6" s="469" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="482" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="252" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="240" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="216"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="470"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="470"/>
+      <c r="G7" s="482"/>
+      <c r="H7" s="432" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="243"/>
+      <c r="C8" s="216"/>
+      <c r="D8" s="216"/>
+      <c r="E8" s="216"/>
+      <c r="F8" s="216"/>
+      <c r="G8" s="220" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" s="246" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="236"/>
+      <c r="B9" s="216"/>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="245" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="246"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A10" s="240" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="216"/>
+      <c r="C10" s="216"/>
+      <c r="D10" s="216"/>
+      <c r="E10" s="216"/>
+      <c r="F10" s="216"/>
+      <c r="G10" s="248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="246" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="232" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="216"/>
+      <c r="C11" s="216"/>
+      <c r="D11" s="216"/>
+      <c r="E11" s="216"/>
+      <c r="F11" s="216"/>
+      <c r="G11" s="245"/>
+      <c r="H11" s="246"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A12" s="236"/>
+      <c r="B12" s="250"/>
+      <c r="C12" s="216"/>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="429" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="246"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="240" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="250"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="392" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="246"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="232" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="216"/>
+      <c r="C14" s="216"/>
+      <c r="D14" s="216"/>
+      <c r="E14" s="216"/>
+      <c r="F14" s="216"/>
+      <c r="G14" s="399"/>
+      <c r="H14" s="222" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="236"/>
+      <c r="B15" s="216"/>
+      <c r="C15" s="216"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="216"/>
+      <c r="G15" s="408" t="s">
+        <v>204</v>
+      </c>
+      <c r="H15" s="246"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A16" s="240" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="216"/>
+      <c r="C16" s="216"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="246"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A17" s="232" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="216"/>
+      <c r="C17" s="216"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="253" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" s="246" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A18" s="236"/>
+      <c r="B18" s="216"/>
+      <c r="C18" s="216"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="216"/>
+      <c r="F18" s="216"/>
+      <c r="G18" s="254"/>
+      <c r="H18" s="246"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A19" s="240" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="216"/>
+      <c r="C19" s="216"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="216"/>
+      <c r="F19" s="216"/>
+      <c r="G19" s="245" t="s">
+        <v>170</v>
+      </c>
+      <c r="H19" s="246"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A20" s="232" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="216"/>
+      <c r="C20" s="216"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="216"/>
+      <c r="F20" s="216"/>
+      <c r="G20" s="245">
+        <v>4</v>
+      </c>
+      <c r="H20" s="246"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A21" s="236"/>
+      <c r="B21" s="216"/>
+      <c r="C21" s="216"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="216"/>
+      <c r="F21" s="216"/>
+      <c r="G21" s="245" t="s">
+        <v>200</v>
+      </c>
+      <c r="H21" s="257"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A22" s="240" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="216"/>
+      <c r="C22" s="216"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="216"/>
+      <c r="F22" s="216"/>
+      <c r="G22" s="245">
+        <v>1</v>
+      </c>
+      <c r="H22" s="259"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A23" s="232" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="216"/>
+      <c r="C23" s="216"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="216"/>
+      <c r="F23" s="216"/>
+      <c r="G23" s="248" t="s">
+        <v>142</v>
+      </c>
+      <c r="H23" s="401" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A24" s="236"/>
+      <c r="B24" s="216"/>
+      <c r="C24" s="216"/>
+      <c r="D24" s="216"/>
+      <c r="E24" s="216"/>
+      <c r="F24" s="216"/>
+      <c r="G24" s="248" t="s">
+        <v>144</v>
+      </c>
+      <c r="H24" s="401"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A25" s="240" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="243"/>
+      <c r="C25" s="216"/>
+      <c r="D25" s="216"/>
+      <c r="E25" s="216"/>
+      <c r="F25" s="216"/>
+      <c r="G25" s="267"/>
+      <c r="H25" s="401" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A26" s="262" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" s="220" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="216"/>
+      <c r="D26" s="216"/>
+      <c r="E26" s="216"/>
+      <c r="F26" s="216"/>
+      <c r="G26" s="245" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="401"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A27" s="264"/>
+      <c r="B27" s="245" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="216"/>
+      <c r="D27" s="216"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="219" t="s">
+        <v>47</v>
+      </c>
+      <c r="G27" s="245" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="401" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A28" s="266" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="267"/>
+      <c r="C28" s="216"/>
+      <c r="D28" s="268"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="269" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="267"/>
+      <c r="H28" s="401" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A29" s="262" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" s="243" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="260" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="332" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="335" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="357"/>
+      <c r="G29" s="216" t="s">
+        <v>176</v>
+      </c>
+      <c r="H29" s="220"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A30" s="264"/>
+      <c r="B30" s="243"/>
+      <c r="C30" s="261" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="216" t="s">
+        <v>56</v>
+      </c>
+      <c r="E30" s="256" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" s="356"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="245"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A31" s="266" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="243" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="297"/>
+      <c r="E31" s="405" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="356"/>
+      <c r="G31" s="216" t="s">
+        <v>161</v>
+      </c>
+      <c r="H31" s="245"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A32" s="262" t="s">
+        <v>60</v>
+      </c>
+      <c r="B32" s="243"/>
+      <c r="C32" s="276"/>
+      <c r="D32" s="216" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="256"/>
+      <c r="F32" s="357"/>
+      <c r="G32" s="216"/>
+      <c r="H32" s="245" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A33" s="264"/>
+      <c r="B33" s="243"/>
+      <c r="C33" s="404" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="216" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="408" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" s="357"/>
+      <c r="G33" s="216" t="s">
+        <v>142</v>
+      </c>
+      <c r="H33" s="245"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A34" s="266" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="243"/>
+      <c r="C34" s="402" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="216" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="253" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="357"/>
+      <c r="G34" s="216" t="s">
+        <v>190</v>
+      </c>
+      <c r="H34" s="245"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A35" s="262" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="283"/>
+      <c r="C35" s="440"/>
+      <c r="D35" s="220"/>
+      <c r="E35" s="444" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" s="433" t="s">
+        <v>205</v>
+      </c>
+      <c r="G35" s="219"/>
+      <c r="H35" s="220"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A36" s="264"/>
+      <c r="B36" s="243"/>
+      <c r="C36" s="441"/>
+      <c r="D36" s="245" t="s">
+        <v>206</v>
+      </c>
+      <c r="E36" s="431" t="s">
+        <v>70</v>
+      </c>
+      <c r="F36" s="386" t="s">
+        <v>71</v>
+      </c>
+      <c r="G36" s="269"/>
+      <c r="H36" s="245"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A37" s="266" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="391" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="442" t="s">
+        <v>207</v>
+      </c>
+      <c r="D37" s="248"/>
+      <c r="E37" s="425" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" s="434" t="s">
+        <v>77</v>
+      </c>
+      <c r="G37" s="269"/>
+      <c r="H37" s="245"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A38" s="262" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="358" t="s">
+        <v>55</v>
+      </c>
+      <c r="C38" s="277" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" s="245"/>
+      <c r="E38" s="430"/>
+      <c r="F38" s="386"/>
+      <c r="G38" s="269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="245" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A39" s="264"/>
+      <c r="B39" s="290" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="254"/>
+      <c r="D39" s="357" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="445" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" s="220"/>
+      <c r="G39" s="269"/>
+      <c r="H39" s="245"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A40" s="266" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="295" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="248" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" s="357"/>
+      <c r="E40" s="361" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" s="245" t="s">
+        <v>208</v>
+      </c>
+      <c r="G40" s="342" t="s">
+        <v>128</v>
+      </c>
+      <c r="H40" s="245" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A41" s="262" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="298" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="248">
+        <v>4</v>
+      </c>
+      <c r="D41" s="357" t="s">
+        <v>174</v>
+      </c>
+      <c r="E41" s="446">
+        <v>4</v>
+      </c>
+      <c r="F41" s="245">
+        <v>1</v>
+      </c>
+      <c r="G41" s="216"/>
+      <c r="H41" s="220"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A42" s="264"/>
+      <c r="B42" s="343">
+        <v>4</v>
+      </c>
+      <c r="C42" s="245" t="s">
+        <v>209</v>
+      </c>
+      <c r="D42" s="357"/>
+      <c r="E42" s="427"/>
+      <c r="F42" s="248" t="s">
+        <v>140</v>
+      </c>
+      <c r="G42" s="216"/>
+      <c r="H42" s="245"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A43" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B43" s="451" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="248">
+        <v>1</v>
+      </c>
+      <c r="D43" s="357" t="s">
+        <v>163</v>
+      </c>
+      <c r="E43" s="409" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43" s="248">
+        <v>4</v>
+      </c>
+      <c r="G43" s="216"/>
+      <c r="H43" s="245"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A44" s="262" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="304" t="s">
+        <v>104</v>
+      </c>
+      <c r="C44" s="248" t="s">
+        <v>142</v>
+      </c>
+      <c r="D44" s="357"/>
+      <c r="E44" s="363" t="s">
+        <v>102</v>
+      </c>
+      <c r="F44" s="476" t="s">
+        <v>142</v>
+      </c>
+      <c r="G44" s="216"/>
+      <c r="H44" s="245"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A45" s="447"/>
+      <c r="B45" s="308" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="245" t="s">
+        <v>201</v>
+      </c>
+      <c r="D45" s="480" t="s">
+        <v>152</v>
+      </c>
+      <c r="E45" s="410" t="s">
+        <v>75</v>
+      </c>
+      <c r="F45" s="248" t="s">
+        <v>182</v>
+      </c>
+      <c r="G45" s="216"/>
+      <c r="H45" s="245"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A46" s="266" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="479"/>
+      <c r="C46" s="248"/>
+      <c r="D46" s="475"/>
+      <c r="E46" s="363"/>
+      <c r="F46" s="267"/>
+      <c r="G46" s="268"/>
+      <c r="H46" s="267"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A47" s="314"/>
+      <c r="B47" s="215"/>
+      <c r="C47" s="287"/>
+      <c r="D47" s="215"/>
+      <c r="E47" s="316"/>
+      <c r="F47" s="215"/>
+      <c r="G47" s="215"/>
+      <c r="H47" s="215"/>
+    </row>
+    <row r="48" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="317"/>
+      <c r="B48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="C48" s="215"/>
+      <c r="D48" s="215"/>
+      <c r="E48" s="215"/>
+      <c r="F48" s="215"/>
+      <c r="G48" s="317" t="s">
+        <v>106</v>
+      </c>
+      <c r="H48" s="215"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A49" s="314"/>
+      <c r="B49" s="493" t="s">
+        <v>192</v>
+      </c>
+      <c r="C49" s="215"/>
+      <c r="D49" s="215"/>
+      <c r="E49" s="215"/>
+      <c r="F49" s="215"/>
+      <c r="G49" s="217"/>
+      <c r="H49" s="222"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A50" s="314"/>
+      <c r="B50" s="256" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" s="216"/>
+      <c r="D50" s="215"/>
+      <c r="E50" s="216"/>
+      <c r="F50" s="215"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="246"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A51" s="314"/>
+      <c r="B51" s="256" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="215"/>
+      <c r="D51" s="215"/>
+      <c r="E51" s="319"/>
+      <c r="F51" s="215"/>
+      <c r="G51" s="305"/>
+      <c r="H51" s="246"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A52" s="314"/>
+      <c r="B52" s="494"/>
+      <c r="C52" s="215"/>
+      <c r="D52" s="216"/>
+      <c r="E52" s="319"/>
+      <c r="F52" s="215"/>
+      <c r="G52" s="305"/>
+      <c r="H52" s="246"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A53" s="314"/>
+      <c r="B53" s="215"/>
+      <c r="C53" s="216"/>
+      <c r="D53" s="216"/>
+      <c r="E53" s="216"/>
+      <c r="F53" s="215"/>
+      <c r="G53" s="279"/>
+      <c r="H53" s="246"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A54" s="314"/>
+      <c r="B54" s="216"/>
+      <c r="C54" s="216"/>
+      <c r="D54" s="216"/>
+      <c r="E54" s="216"/>
+      <c r="F54" s="215"/>
+      <c r="G54" s="279"/>
+      <c r="H54" s="246"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A55" s="314"/>
+      <c r="B55" s="216"/>
+      <c r="C55" s="215"/>
+      <c r="D55" s="215"/>
+      <c r="E55" s="215"/>
+      <c r="F55" s="215"/>
+      <c r="G55" s="279"/>
+      <c r="H55" s="246"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A56" s="314"/>
+      <c r="B56" s="216"/>
+      <c r="C56" s="215"/>
+      <c r="D56" s="215"/>
+      <c r="E56" s="215"/>
+      <c r="F56" s="215"/>
+      <c r="G56" s="279"/>
+      <c r="H56" s="246"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A57" s="320"/>
+      <c r="B57" s="320"/>
+      <c r="C57" s="320"/>
+      <c r="D57" s="320"/>
+      <c r="E57" s="320"/>
+      <c r="F57" s="320"/>
+      <c r="G57" s="279"/>
+      <c r="H57" s="246"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A58" s="322"/>
+      <c r="B58" s="323"/>
+      <c r="C58" s="323"/>
+      <c r="D58" s="320"/>
+      <c r="E58" s="320"/>
+      <c r="F58" s="320"/>
+      <c r="G58" s="279"/>
+      <c r="H58" s="246"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A59" s="322"/>
+      <c r="B59" s="323"/>
+      <c r="C59" s="323"/>
+      <c r="D59" s="320"/>
+      <c r="E59" s="320"/>
+      <c r="F59" s="320"/>
+      <c r="G59" s="279"/>
+      <c r="H59" s="246"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A60" s="322"/>
+      <c r="B60" s="323"/>
+      <c r="C60" s="323"/>
+      <c r="D60" s="320"/>
+      <c r="E60" s="320"/>
+      <c r="F60" s="320"/>
+      <c r="G60" s="279"/>
+      <c r="H60" s="246"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A61" s="323"/>
+      <c r="B61" s="323"/>
+      <c r="C61" s="323"/>
+      <c r="D61" s="320"/>
+      <c r="E61" s="320"/>
+      <c r="F61" s="320"/>
+      <c r="G61" s="279"/>
+      <c r="H61" s="246"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A62" s="323"/>
+      <c r="B62" s="323"/>
+      <c r="C62" s="323"/>
+      <c r="D62" s="320"/>
+      <c r="E62" s="320"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="279"/>
+      <c r="H62" s="246"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A63" s="322"/>
+      <c r="B63" s="323"/>
+      <c r="C63" s="323"/>
+      <c r="D63" s="320"/>
+      <c r="E63" s="320"/>
+      <c r="F63" s="320"/>
+      <c r="G63" s="279"/>
+      <c r="H63" s="246"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A64" s="322"/>
+      <c r="B64" s="323"/>
+      <c r="C64" s="323"/>
+      <c r="D64" s="320"/>
+      <c r="E64" s="320"/>
+      <c r="F64" s="320"/>
+      <c r="G64" s="279"/>
+      <c r="H64" s="246"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A65" s="322"/>
+      <c r="B65" s="323"/>
+      <c r="C65" s="323"/>
+      <c r="D65" s="320"/>
+      <c r="E65" s="320"/>
+      <c r="F65" s="320"/>
+      <c r="G65" s="279"/>
+      <c r="H65" s="246"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101001B320BE44DBC064ABD2E57E1D23035FA" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="7c294294c65f7edddba468bd5422b4c0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc167296-cd0c-42d6-b8da-8e38de2bb1bb" xmlns:ns3="63fde592-322d-4350-8c0c-0024375e32ea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1d58b740422c377bfe157610b13de7d" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="63fde592-322d-4350-8c0c-0024375e32ea" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bc167296-cd0c-42d6-b8da-8e38de2bb1bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101001B320BE44DBC064ABD2E57E1D23035FA" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="fcd02c3cfcf4e6a3c319f52b5630b911">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc167296-cd0c-42d6-b8da-8e38de2bb1bb" xmlns:ns3="63fde592-322d-4350-8c0c-0024375e32ea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b471ef1d6fcedeba5c89896a8d6a54e1" ns2:_="" ns3:_="">
     <xsd:import namespace="bc167296-cd0c-42d6-b8da-8e38de2bb1bb"/>
     <xsd:import namespace="63fde592-322d-4350-8c0c-0024375e32ea"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -20757,132 +31368,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8572D2C7-F1B4-4708-A6D1-C520FDE85986}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DD813F8-16E5-487A-A07C-D97EC2D846C3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="63fde592-322d-4350-8c0c-0024375e32ea"/>
+    <ds:schemaRef ds:uri="bc167296-cd0c-42d6-b8da-8e38de2bb1bb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE639379-58FB-4244-9601-0FA511810FEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bc167296-cd0c-42d6-b8da-8e38de2bb1bb"/>
     <ds:schemaRef ds:uri="63fde592-322d-4350-8c0c-0024375e32ea"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="bc167296-cd0c-42d6-b8da-8e38de2bb1bb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB461898-5A0D-4BDC-B31E-41FC36C77D53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Namngivna områden</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Mall istider</vt:lpstr>
+      <vt:lpstr>V 53</vt:lpstr>
+      <vt:lpstr>V 52</vt:lpstr>
+      <vt:lpstr>V 51</vt:lpstr>
+      <vt:lpstr>V 50</vt:lpstr>
+      <vt:lpstr>V 49 </vt:lpstr>
+      <vt:lpstr>V 48</vt:lpstr>
+      <vt:lpstr>V 47</vt:lpstr>
+      <vt:lpstr>V 46</vt:lpstr>
+      <vt:lpstr>V 45</vt:lpstr>
       <vt:lpstr>V 44</vt:lpstr>
       <vt:lpstr>V 43</vt:lpstr>
       <vt:lpstr>V42</vt:lpstr>
       <vt:lpstr>V41</vt:lpstr>
       <vt:lpstr>V40</vt:lpstr>
       <vt:lpstr>V39</vt:lpstr>
       <vt:lpstr>V38</vt:lpstr>
       <vt:lpstr>V37</vt:lpstr>
       <vt:lpstr>V36</vt:lpstr>
       <vt:lpstr>V35</vt:lpstr>
       <vt:lpstr>V34</vt:lpstr>
       <vt:lpstr>V33</vt:lpstr>
       <vt:lpstr>V 32</vt:lpstr>
       <vt:lpstr>'V38'!Utskriftsområde</vt:lpstr>
       <vt:lpstr>'V39'!Utskriftsområde</vt:lpstr>
       <vt:lpstr>'V40'!Utskriftsområde</vt:lpstr>
       <vt:lpstr>'V41'!Utskriftsområde</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>